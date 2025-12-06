--- v0 (2025-10-09)
+++ v1 (2025-12-06)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2161" uniqueCount="1019">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2689" uniqueCount="1254">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -2342,75 +2342,301 @@
   <si>
     <t>Marcelo Araújo Lopes, Vereador com assento nesta Casa Legislativa, indica ao Srº Prefeito, que seja providenciado junto ao órgão competente, a Reforma do PSF CAE lll localizado na rua Rui Barbosa neste Município.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1159/indicacao_no_190.pdf</t>
   </si>
   <si>
     <t>O Vereador Té de Nezinho, com assento nesta Câmara Legislativa, indica ao Exmo Senhor Prefeito Valtécio Aguiar, a Reforma da Quadra Poliesportiva do Distrito de Maniaçu, neste município.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1160/indicacao_no_191.pdf</t>
   </si>
   <si>
-    <t>O Vereador Té de Nezinho, com assento nesta Câmara Legislativa, indica ao Exmo Senhor Prefeito Valtécio Aguiar, o calçamento da Tv. 3 Piauy, localizada no Bairro Ovídio Teixeira, neste município.</t>
+    <t>O Vereador Té de Nezinho, com Assento nesta Câmara Legislativa, indica ao Exmo Senhor Prefeito Valtécio Aguiar, o calçamento da Tv. 3 Piaui, localizada no Bairro Ovídio Teixeira, neste município.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1161/indicacao_no_192.pdf</t>
   </si>
   <si>
-    <t>O Vereador Té de Nezinho, com assento nesta Câmara Legislativa, indica ao Exmo Senhor Prefeito Valtécio Aguiar, a instalação de iluminação pública na Rua Doze de Outubro, localizada no bairro Lamarâo, neste município.</t>
+    <t>O Vereador Té de Nezinho, com assento nesta Câmara Legislativa, indica ao Exmo Senhor Prefeito Valtécio Aguiar, a instalação de iluminação pública na Rua Doze de Outubro, localizada no bairro Lamarão, neste município.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1162/indicacao_no_193.pdf</t>
   </si>
   <si>
     <t>Álvaro Montenegro C. Oliveira, Vereador com assento neste Legislativo Municipal, indica ao Srº. Prefeito Municipal, a recuperação das estradas vicinais, da Comunidade de Escadinha do Pirajá (antiga propriedade de Dácio Oliveira), com roçagem e encascalhamento.</t>
+  </si>
+  <si>
+    <t>1170</t>
+  </si>
+  <si>
+    <t>194</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1170/indicacao_no_194.pdf</t>
+  </si>
+  <si>
+    <t>Indica a instalação de uma Academia de Saúde na comunidade Cercado.</t>
+  </si>
+  <si>
+    <t>1171</t>
+  </si>
+  <si>
+    <t>195</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1171/indicacao_no_195.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Reforma Geral da Praça do Bairro Alto do Cristo, neste município, incluindo melhorias na quadra poliesportiva, pintura, jardinagem, calçamento, bancos, iluminação, tela de proteção, ampliação de lixeiras e banheiros.</t>
+  </si>
+  <si>
+    <t>1172</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1172/indicacao_no_196.pdf</t>
+  </si>
+  <si>
+    <t>Indica a recuperação da estrada que dá acesso à Comunidade de Juazeiro, estendendo-se às comunidades vizinhas de Quessengue, Frios, Mucambo, Roçadinho, Caldeirão, Pau Ferro, Lagoinha, Baixão do Juazeiro, no município de Caetité.</t>
+  </si>
+  <si>
+    <t>1173</t>
+  </si>
+  <si>
+    <t>197</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1173/indicacao_no_197.pdf</t>
+  </si>
+  <si>
+    <t>Indica a recuperação da estrada que dá acesso à Comunidade de Riacho da Vaca, no município de Caetité.</t>
+  </si>
+  <si>
+    <t>1174</t>
+  </si>
+  <si>
+    <t>198</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1174/indicacao_no_198.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Reforma Geral da Quadra Poliesportiva Professor José Claudio da Silva, na Rua da Ladeira, s/n, Distrito de Brejinho das Ametistas, neste município.</t>
+  </si>
+  <si>
+    <t>1193</t>
+  </si>
+  <si>
+    <t>199</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1193/indicacao_no_199.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador Té de Nezinho, com assento nesta Câmara Legislativa, indica ao Exmo Senhor Prefeito Valtécio Aguiar, a cobertura e melhorias do ponto dos taxistas (ASTAC), localizado ao lado da Rodoviária, neste município.</t>
+  </si>
+  <si>
+    <t>1214</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1214/indicacao_no_200.pdf</t>
+  </si>
+  <si>
+    <t>Álvaro Montenegro C. Oliveira, Vereador com assento neste Legislativo Municipal, indica ao Srº. Prefeito Municipal, o calçamento da Rua Manoel Alves de Brito, localizada no Bairro Prisco Viana, neste Município.</t>
+  </si>
+  <si>
+    <t>1195</t>
+  </si>
+  <si>
+    <t>201</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1195/ind_201.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Exmo Senhor Prefeito Valtécio Aguiar, a perfuração e instalação de um poço artesiano na Comunidade de Aroeiras, com o objetivo de abastecer a própria comunidade e também a comunidade de Passagem do Limoeiro, localizadas no Distrito de Pajeú do Vento, neste Município.</t>
+  </si>
+  <si>
+    <t>1213</t>
+  </si>
+  <si>
+    <t>202</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1213/indicacao_no_202.pdf</t>
+  </si>
+  <si>
+    <t>Pedro Couto Costa, Vereador com assento nesta Casa Legislativ4 indica ao Exmo. Sr. Prefeito Municipal, Valtécio Neves Aguia4, para elevação do povoado de Santa Luzia a categoria de Distrito.</t>
+  </si>
+  <si>
+    <t>1212</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1212/indicacao_no_203.pdf</t>
+  </si>
+  <si>
+    <t>GUSTAVO LUIZ SOARES FRANÇA, Vereador com assento nesta Casa Legislativa, indica ao Exmo. Sr. Prefeito, Valtécio Aguiar, a necessidade de instalar 2 (dois) corrimões na escadaria que dá acesso ao Galpão de Alimentação do Mercado Municipal.</t>
+  </si>
+  <si>
+    <t>1211</t>
+  </si>
+  <si>
+    <t>204</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1211/indicacao_no_204.pdf</t>
+  </si>
+  <si>
+    <t>Miguel Gonçalves Nogueira, vereador com assento nesta Casa Legislativa, vem, por meio desta, indicar ao Senhor Prefeito Valtécio Neves de Aguiar a instalação de um semáforo ê de uma faixa de pedestre no cruzamento entre a Avenida Waldick Soriano e a nova Unidade de Pronto Atendimento (UPA) Tipo III, localizada na cidade de Caetité.</t>
+  </si>
+  <si>
+    <t>1210</t>
+  </si>
+  <si>
+    <t>205</t>
+  </si>
+  <si>
+    <t>Álvaro Montenegro C. Oliveira, Vereador com assento neste Legislativo Municipal, indica ao Srº. Prefeito Municipal, que seja realizada a manutenção e_x000D_
+substituição das lâmpadas queimadas na Comunidade de Cercado, neste Município.</t>
+  </si>
+  <si>
+    <t>1209</t>
+  </si>
+  <si>
+    <t>206</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1209/indicacao_no_206.pdf</t>
+  </si>
+  <si>
+    <t>Mário Rebouças de Almeida, vereador com assento nesta Casa Legislativa- indica ao Senhor Prefeito Valtécio Neves Aguiar a implantação do Projeto "Zona Azul" no Município de Caetité.</t>
+  </si>
+  <si>
+    <t>1201</t>
+  </si>
+  <si>
+    <t>207</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1201/creche_prisco_viana.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Exmo Senhor Prefeito Valtécio Aguiar, a Construção de uma Creche no Bairro Prisco Viana, neste Município.</t>
+  </si>
+  <si>
+    <t>1204</t>
+  </si>
+  <si>
+    <t>208</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1204/indicacao_208-_2025.pdf</t>
+  </si>
+  <si>
+    <t>Indicar ao Exmo. Sr. Prefeito, Valtécio Aguiar, a necessidade da criação do Projeto Estudante Destaque, que visa estimular o processo de ensino e aprendizagem, valorizando o esforço e a dedicação dos alunos em seu desenvolvimento educacional</t>
+  </si>
+  <si>
+    <t>1207</t>
+  </si>
+  <si>
+    <t>209</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1207/img20251117_11062918.pdf</t>
+  </si>
+  <si>
+    <t>Álvaro Montenegro C. Oliveira, Vereador com assento neste Legislativo Municipal, indica ao Sr°. Prefeito Municipal, que seja realizada a manutenção com substituição das lâmpadas queimadas e instalação braço de luz em postes da Comunidade de Pedra Grande/Aroeiras, neste Município.</t>
+  </si>
+  <si>
+    <t>1206</t>
+  </si>
+  <si>
+    <t>210</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1206/img20251117_11223530.pdf</t>
+  </si>
+  <si>
+    <t>Álvaro Montenegro C. Oliveira, Vereador com assento neste Legislativo Municipal, indica ao Sr°. Prefeito Municipal, que seja realizada recuperação de estrada, com aplicação de cascalho e instalação de manilhas, em trechos localizados na Comunidade de Pedra Grande/Aroeiras, neste Município.</t>
+  </si>
+  <si>
+    <t>1215</t>
+  </si>
+  <si>
+    <t>211</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1215/img20251124_12460247.pdf</t>
+  </si>
+  <si>
+    <t>Álvaro Montenegro C. Oliveira, Vereador com assento neste Legislativo Municipal, indica ao Sr°. Prefeito Municipal, que seja realizada a instalação de braços e lâmpadas em postes da Comunidade de Anguá, neste Município.</t>
+  </si>
+  <si>
+    <t>1216</t>
+  </si>
+  <si>
+    <t>212</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1216/img20251125_11140629.pdf</t>
+  </si>
+  <si>
+    <t>Álvaro Montenegro C. Oliveira, Vereador com assento neste Legislativo Municipal, indica ao Sr°. Prefeito Municipal, que seja realizada recuperação do trecho da estrada vicinal, iniciando na Lagoa dos Burros seguindo até a baixada do Senhor Benvindo, na Comunidade de Pedra Grande/Santa Luzia, com aplicação de Cascalho ou cacos de telhas, de acordo com a viabilidade técnica.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1040/mocao_de_pesar-olavo.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à Família enlutada do senhor Olavo Pimentel, filho de Leonel Pimentel Filho e Maria do Carmo Pereira Pimentel. Olavo nasceu em 17 de outubro de 1922, na Comunidade de lnvernada, município de Caetité, onde cresceu em meio a natureza e aos valores da vida do campo.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1041/mocao_de_pesar-antonio_neves.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento de Antônio Neves de Oliveira' ocorrido na data de 28 de fevereiro de 2025, no Distrito de Pajeú dos Ventos, em nosso Município.</t>
   </si>
@@ -2706,50 +2932,86 @@
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1152/mocao_de_pesar_-jose_castro.pdf</t>
   </si>
   <si>
     <t>A Câmara de Vereadores do Município de Caetité Estado da Bahia, através do Vereador Wesley lsaque Santos Borges "Le!ê de Claudio Borges, apresenta Moção de Pesar à Família enlutada do senhor Salvador Castro Lopes, filho de José de Castro Lopes e Odete Maria Lopes. Salvador, nasceu em 02 de julho de 1959, no Distrito de Brejinho das Ametistas, município de Caetité - Bahia, onde cresceu em meio a natureza e aos valores da vida simples do campo.</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1153/mocao_de_pesar_-maria_alves.pdf</t>
   </si>
   <si>
     <t>A Câmara de Vereadores do Município de Caetité Estado da Bahia, através do Vereador Wesley lsaque Santos Borges "Lelê de Claudio Borges, apresenta Moção de Pesar pelo falecimento da senhora Maria Alves Rocha, ocorrido no dia 14 de agosto de 2025, deixando saudades eternas no coração de todos.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1163/mocao_de_pesar-nadir_monteiro.pdf</t>
   </si>
   <si>
     <t>Encaminha pesar pelo falecimento da caetiteense Nadir Monteiro Pires.</t>
   </si>
   <si>
+    <t>1167</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1167/mocao_de_apalusos-_paroquia_n.s.aparecida.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES Á PAROQUIA NOSSA SENHORA DA CONCEIÇÃO APARECIDA.</t>
+  </si>
+  <si>
+    <t>1198</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1198/mocao_igreja_menonita.pdf</t>
+  </si>
+  <si>
+    <t>Faz inserir nos anais desta Casa Moção de Parabéns em Homenagem aos 25 anos da Igreja Evangelica Menonita Renovada em nossa cidade.</t>
+  </si>
+  <si>
+    <t>1205</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1205/mocao_de_pesar_n05_-_maria_ana_da_silva_santos.docx</t>
+  </si>
+  <si>
+    <t>Apresenta Moção de Pesar in memorian de Maria Ana da Silva Santos, que veio a falecer no dia 10 de novembro de 2025, aqui em Caetité.</t>
+  </si>
+  <si>
+    <t>1208</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1208/mocao_de_pesar_n05_-_maria_ana_da_silva_santos.docx</t>
+  </si>
+  <si>
+    <t>Apresenta Moção de Pesar pelo falecimento de Maria Ana da Silva Santos, que veio a falecer no dia 10 de novembro de 2025, aqui em Caetité.</t>
+  </si>
+  <si>
     <t>1074</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1074/projeto_de_decreto_legislativo_no_1007.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Caetiteense ao Senhor Gilmar Santos de Araújo e dá outras providências</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1073/projeto_de_decreto_legislativo_no_1008.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Caetiteense ao Senhor Pascoal Ferreira Batista e dá outras providências.</t>
   </si>
   <si>
     <t>1075</t>
@@ -2994,143 +3256,587 @@
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1131/projeto_de_decreto_legislativo_no_1037-medalha_do_merito_anisio_teixeira-maria_de_fatima.pdf</t>
   </si>
   <si>
     <t>Concede Medalha de Mérito Anísio Teixeira para a Senhora Maria de Fátima Freire Dowbor e dá outras providências.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1132/projeto_de_decreto_legislativo_no_1038-titulo_cidada-elizete_andrade.pdf</t>
   </si>
   <si>
     <t>Concede Titulo de Cidadã Caetiteense a senhora Maria Elizete Farias Andrade e dá outras providências.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1133/projeto_de_decreto_legislativo_no_1039-titulo_de_cidadao-temistocles_rodrigues.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Caetiteense ao Senhor Temístocles Rodrigues Rosa e dá outras providências.</t>
   </si>
   <si>
+    <t>1222</t>
+  </si>
+  <si>
+    <t>PLO</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária</t>
+  </si>
+  <si>
+    <t>EXECUTIVO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1222/projeto_de_lei_no1124-celebrar_convenio_com_areas_espicificas.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PREFEITO MUNICIPAL A CELEBRAR CONVÊNIOS NAS ÁREAS QUE ESPECIFICA, COM ENTIDADES PÚBLICAS DE QUALQUER ESPÉCIE, ORGANIZAÇÕES NÃO GOVERNAMENTATS E/OU PARTICULARES PARA A REAL]ZAÇÃO DE OBJETIVOS DE INTERESSE COMUM DOS PARTÍCIPES.</t>
+  </si>
+  <si>
+    <t>1223</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1223/projeto_de_lei_no1125-denominacao_de_rua_antonio_moreira.pdf</t>
+  </si>
+  <si>
+    <t>Dá denominação de Rua Antônio Moreira Nunes, a uma das artérias do Bairro Prisco Viana em nosso Município e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1224</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1224/projeto_de_lei_no1126-denominacao_do_hipodromo_maniacu.pdf</t>
+  </si>
+  <si>
+    <t>Dá denominação do Hipódromo de Maniaçu de José Lopes Cardoso, (conforme croqui anexo), localizado no Distrito de Maniaçu em nosso Município.</t>
+  </si>
+  <si>
+    <t>1225</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1225/projeto_de_lei_no1127-prorrogacao_do_plano_de_educacao.pdf</t>
+  </si>
+  <si>
+    <t>PRORROGA ATÉ 31 DE DEZEMBRO DE 2025 A VIGÊNCA DO PLANO MUNTCIPAL DE EDUCAÇÃO DE CAETITÉ-BA, APROVADO PELA LEI Nº 789, DE 2015, E ESTABELECE OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1226</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1226/projeto_de_lei_no1128-institui_a_semana_de_valorizacao_a_mulher.pdf</t>
+  </si>
+  <si>
+    <t>Institui a semana Municipal de Valorização das Mulheres que fizeram História no Município de Caetité, destinada á participação de toda a população, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1227</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1227/projeto_de_lei_no1130-denominacao_do_pronto_atendimento_upa_iii.pdf</t>
+  </si>
+  <si>
+    <t>Denomina Unidade de Pronto Atendimento - UPA Tipo lll Dra. Maria de Fátima Silveira de Oliveira.</t>
+  </si>
+  <si>
+    <t>1228</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1228/projeto_de_lei_no1131-dispoe_sobre_o_transtorno_espectro_autista.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o direito da pessoa com Transtorno do Espectro Autista (TEA) ê outras deficiências cognitivas ao ingresso e permanência de seu acompanhante terapêutico nas instituições de ensino públicas e privadas do Município de Caetité/BA e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1229</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1229/projeto_de_lei_no1133-_denominacao_da_rua_rafael_nascimento.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a denominação de 'Rua Rafael Nascimento' à atual Rua A, localizada no Bairro Prisco Viana, no município de Caetité, e dá outras providências</t>
+  </si>
+  <si>
+    <t>1230</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1230/projeto_de_lei_no1135-alteracao_contrato_de_consorcios.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A RATIFICAÇÃO OE ALTERAÇÃO DO CONTRATO DE CONSORCIO DO CONSORCIO PÚBLICO INTERFEDERATIVO DE SAÚDE DA REGÁO DO ALTO SERTÃO.</t>
+  </si>
+  <si>
+    <t>1231</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1231/projeto_de_lei_no1137-autoriza_o_poder_executivo_abrir_creditos.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a abrir Crédito Especial no valor de R$ 1.000.000,00 (um milhão de reais) para fins que se especifica e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1232</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1232/projeto_de_lei_no1138-denominacao_de_rua_eunice_batista.pdf</t>
+  </si>
+  <si>
+    <t>Dá denominação de Rua Eunice Batista Santos a uma das artérias situada no Bairro Prisco Viana em nosso Município.</t>
+  </si>
+  <si>
+    <t>1233</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1233/projeto_de_lei_no1139-denominacao_da_via_urbana_rua_beija_flor.pdf</t>
+  </si>
+  <si>
+    <t>Altera a denominação da via pública urbana denominada atualmente de Rua Beija Flor, localizada no Bairro Ovídio Teixeira em nosso município para Rua Mario do Doce.</t>
+  </si>
+  <si>
+    <t>1234</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1234/projeto_de_lei_no1140-cria_componetes_para_seguranca_alimentar_e_nutricional.pdf</t>
+  </si>
+  <si>
+    <t>CRIA OS COMPONENTES MUNICIPAIS DO SISTEMA NACIONAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL, DEFINE OS PARÂMETROS PARA ELABORAÇÃO E IMPLEMENTAÇÁO DO PI.ANO MUNICIPAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL E DA OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1236</t>
+  </si>
+  <si>
+    <t>Plenário - PLEN</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1236/projeto_de_lei_no1142-alteracao_da_estrutura_administrativa_da_camara.pdf</t>
+  </si>
+  <si>
+    <t>Altera artigos da Leis nº 744/2013, de 1 de março de 2013, e nº 931, de 20 de junho de 2023, que dispõe sobre Estrutura Administrativa com o Respectivo plano de Cargos e Vencimentos dos Servidores da Câmara Municipal de Caetité Bahia, e dá outras providências.</t>
+  </si>
+  <si>
     <t>1071</t>
   </si>
   <si>
-    <t>PLO</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1071/projeto_de_lei_no_1144.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A CRIAÇAO DE NORMAS PARA EXPEDIÇAO DE RECEITAS  MEDICAS E ODONTOLÓGICAS DE FORMA LEGÍVEL E DA OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>1237</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1237/projeto_de_lei_no1146-delimitacao_de_novos_bairros.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DE NOVOS BAIRROS, DELIMITAÇÃO GEOGRÁFICA DOS EXISTENTES E DÁ OUTRAS PROVIDÊNCIAS,</t>
+  </si>
+  <si>
+    <t>1238</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1238/projeto_de_lei_no1149-reajustes_dos_servidores.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O REAJUSTE ANUAL DOS SERVIDORES PÚBLICOS DO MUNICIPIO DE CAETIÉ E DÁ OUTRAS PROUDÊNCNS,</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1098/projeto_de_lei_no_1151.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A DENOMINAÇAO DO CENTRO MUNIC]PAL DE EVENTOS,LOCALTZADO NO DISTRITO DE MANTAÇU NESTE MUNICÍPIO E DÁ OUTRAS_x000D_
 PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1099/projeto_de_lei_no_1153.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da denominação da Rua 5 (Travessa da Quixaba l), localizada no Loteamento Bela Vista, no Bairro Prisco Viana, para Travessa José Joaquim Xavier (Zezinho), e dá outras providências.</t>
   </si>
   <si>
+    <t>1239</t>
+  </si>
+  <si>
+    <t>1155</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1239/projeto_de_lei_no1155-criacao_do_dia_municipal_das_raizes_africanas.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Criação do Dia Municipal das Tradições das Raízes de Matrizes Africanas e Nações do Candomblé, e dá outras providências.</t>
+  </si>
+  <si>
     <t>1113</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1113/projeto_de_lei_n.o1158.pdf</t>
   </si>
   <si>
     <t>CRIA A OUVIDORIA PARLAMENTAR,E ALTERA ARTIGOS DAS LEIS Nº 744/2013,DE 10 DE,MARÇO DE 2013,E Nº1.029 DE 26 DE MAIO DE 2025,QUE DISPÕE SOBRE ESTRUTURA ADMINISTRATIVA COM O RESPECTIVO PLANO DE CARGOS E VENCIMENTOS DOS SERVIDORES DA CAMARA MUNICIPAL DE CAETITÉ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1154/projeto_de_lei_no_1159.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal de Caetité a realizar o recolhimento de animais de grande porte encontrados em vias públicas e dá outras providências.</t>
   </si>
   <si>
-    <t>1155</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1155/projeto_de_lei_no_1160.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE NORMAS PARA OPPERAÇÕES DE CARGA E DESCARGA, FIXA OS HORÁRIOS PARA A REALIZAÇÃO DE OPERAÇÕES EM VIAS PÚBL]CAS DO Município DE CAENTÉ, E DÁ OUTRAS PROUDÊNCIAS.</t>
   </si>
   <si>
     <t>1156</t>
-  </si>
-[...1 lines deleted...]
-    <t>EXECUTIVO MUNICIPAL</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1156/projeto_de_lei_no_1161.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REDUÇÃO DA EXTENSÃO DE FAXA NÃO EDIFICÁVEL, CONTÍGUA À FAIXA DE DOMÍNIO DAS RODOVIAS FEDERAIS, NO AMBITO DA_x000D_
 ZONA URBANA DO TERRITORIO DO MUNICÍPIO DE CAENTÉ- BAHIA E DÁ OUTRAS PROVIDÊNCAS.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1157/projeto_de_lei_no_1162.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CONSELHO MUNICIPAL DE TURISMO DO MUNICÍPIO DE CAETITÉ - COMTUR E INSTITUI O FUNDO MUNICIPAL DE TURISMO - FUMTUR E DÁ OUTRAS PROUDÊNCÁS.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1143/projeto_de_lei_no_1163.pdf</t>
   </si>
   <si>
     <t>Autoriza o prefeito municipal a celebrar negócio jurídico que especifica.</t>
+  </si>
+  <si>
+    <t>1164</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1164/projeto_de_lei_no1164-denominacao_creche_pre-escola_tipo_ii_samambaia.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a denominação da creche Pré-Escola Tipo Il localizada no Loteamento Samambaia, no Município de Caetité, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1240</t>
+  </si>
+  <si>
+    <t>1166</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1240/projeto_de_lei_no1166-denominacao_da_av_salinas.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração da denominação da Av Salinas, localizada no Bairro Santo Antônio, para Av. Enfermeiro Aldeci Batista, e dá outras Providências.</t>
+  </si>
+  <si>
+    <t>1241</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1241/projeto_de_lei_no1167_altera_lei_municipal_no_1036.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 1036 DE 25 DE AGOSTO DE 2025, E DÁ OUTRAS PROYIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1242</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1242/projeto_de_lei_no1170-predios_publicos.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A DOAÇÃO DOS PRÉDIOS PÚBLICOS ONDE FUNCIONARAM ESCOLAS RURAIS, LOCALIZADOS NA ZONA RURAL DO MUNICIPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1243</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1243/projeto_de_lei_no1172-denominacao_de_nome_de_rua_conselheiro_joaquim_antonio.pdf</t>
+  </si>
+  <si>
+    <t>Dá Denominação de Rua Conselheiro Joaquim Antônio de Souza Spínola a uma das artérias situada no Bairro Santa Rita em nosso Município.</t>
+  </si>
+  <si>
+    <t>1192</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1192/projeto_de_lei_no1173-criacao_de_programa_de_educacao_no_transito.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Criação de um Programa de Educação no Trânsito nas Escolas Municipais para jovens e adolescentes, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1244</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1244/projeto_de_lei_no1174-estabelece_normas_para_denominacao_de_vias_e_logradouros_publicos_no_municipio_de_caetite.pdf</t>
+  </si>
+  <si>
+    <t>ESTABELECE NORMAS PARA DENOMINAÇÃO DE VIAS E LOGRADOUROS PÚBLICOS NO MUNICÍPIO DE CAETITÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1221</t>
+  </si>
+  <si>
+    <t>1175</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1221/projeto_de_lei_no1175-inclui_o_anexo_ii_na_lei_no_1.014_de_18_dezembro_2024.pdf</t>
+  </si>
+  <si>
+    <t>INCLUI O ANEXO II NA LEI Nº 1014, DE 18 DE DEZEMBRO DE 2024, QUE AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A ALIENAR BENS MÓVEIS INSERVÍVEIS DO PATRIMÔNIO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1245</t>
+  </si>
+  <si>
+    <t>1177</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1245/projeto_de_lei_no1177-_dispoe_sobre_o_atendimento_preferencial_as_pessoas_portadoras_de_cancer.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o atendimento preferencial às pessoas portadoras de câncer e de câncer de mama no âmbito do Município de Caetité e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1246</t>
+  </si>
+  <si>
+    <t>1178</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1246/projeto_de_lei_no1178-da_denominacao_de_dr.leoncio_fagundes_de_oliveira_a_unidade_basica_de_saude-ubs_do_bairro_alto_cristo.pdf</t>
+  </si>
+  <si>
+    <t>Dá denominação de Dr, Leôncio Fagundes de Oliveira a Unidade Básica de Saúde - UBS do Bairro Alto do Cristo, em nosso Município.</t>
+  </si>
+  <si>
+    <t>1247</t>
+  </si>
+  <si>
+    <t>1179</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1247/projeto_de_lei_no1179-da_denominacao_de_professora_edna_licia_gomes_da_silva_a_creche_pre-escolar_situada_no_bairro_sao_vicente_iii..pdf</t>
+  </si>
+  <si>
+    <t>Dá Denominação de Professora Édna Lícia Gomes da Silva a Creche Pré-Escolar situada no Bairro São Vicente lll em nosso Município.</t>
+  </si>
+  <si>
+    <t>1248</t>
+  </si>
+  <si>
+    <t>1180</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1248/projeto_de_lei_no1180-autoriza_o_poder_executo_municipal_a_abrir_credito.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a abrir Crédito Especial no valor de R$ 725.500,00 (Setecentos e vinte e cinco mil e quinhentos reais) para fins que se especifica e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1235</t>
+  </si>
+  <si>
+    <t>1182</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1235/projeto_de_lei_no_1182-autoriza_o_poder_executivo_municipal_a_abrir_credito_especial_no_valor_2.500.0000.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a abrir Crédito Especial no valor de R$ 2.500.000,00 (dois milhões e quinhentos mil reais) para fins que se especifica e dá outras providências</t>
+  </si>
+  <si>
+    <t>1249</t>
+  </si>
+  <si>
+    <t>1183</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1249/projeto_de_lei_no1183-dispoe_sobre_subsidio_do_procurador_municipal..pdf</t>
+  </si>
+  <si>
+    <t>D§PÕE SOBRE O SUBSÍDIO DO PROCURADOR MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1250</t>
+  </si>
+  <si>
+    <t>1185</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1250/projeto_de_lei_no1185-altera_o_artigo_65_da_lei_municipal_no_961.2023.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O ARTIGO 65 DA LEI I'UNICIPAL Nº 961/2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1251</t>
+  </si>
+  <si>
+    <t>1186</t>
+  </si>
+  <si>
+    <t>Mesa Diretora - MD</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1251/projeto_de_lei_no1186-altera_o_art.2o_da_lei_901.pdf</t>
+  </si>
+  <si>
+    <t>Altera o art. 20, da Lei nº 901, de 09.03.2022, que dispõe sobre a Revisão Geral Anual das remunerações dos servidores públicos e dos agentes políticos do Poder Legislativo do Município de Caetité, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1196</t>
+  </si>
+  <si>
+    <t>1187</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1196/projeto_de_lei_1187.pdf</t>
+  </si>
+  <si>
+    <t>Eleva a Comunidade de Santa Luzia à condição de Distrito do Município de Caetité e dá outras providências</t>
+  </si>
+  <si>
+    <t>1199</t>
+  </si>
+  <si>
+    <t>1189</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1199/img20251112_11053916.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CONSIGNAÇÃO DE PLANTÃO 24 HORAS NA FARMÁCIA BÁSICA MUNICIPAL PARA ATENDIMENTO EMERGENCIAL A POPULAÇÃO, E DETERMINA OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1200</t>
+  </si>
+  <si>
+    <t>1190</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1200/projeto_de_lei_no._______de_12_de_novembro_de_2025..docx.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A COMPOSIÇÃO, ORGANIZAÇÃO, COMPETÊNCIA E FUNCIONAMENTO DO CONSELHO MUNICIPAL DE SAÚDE DE CAETITÉ, REVOGA AS DISPOSIÇÕES EM CONTRÁRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1202</t>
+  </si>
+  <si>
+    <t>1191</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1202/projeto_de_lei_no._______de_12_de_novembro_de_2025._concessao_de_uso_hospital_municipal.docx.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O MUNICÍPIO DE CAETITÉ A EFETUAR A CONCESSÃO ONEROSA DE USO DO HOSPITAL MUNICIPAL DR. RICARDO DE TADEU LADEIA AO ESTADO DA BAHIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1203</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1203/jovem_aprendiz.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O PROGRAMA MUNICIPAL DE INCENTIVO AO PRIMEIRO EMPREGO PARA JOVENS NO MUNICÍPIO DE CAETITÉ – BAHIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1217</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1217/pl_1195.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A OBRIGATORIEDADE DE ACESSIBILIDADE EM PRAÇAS PÚBLICAS, BANHEIROS PÚBLICOS E UNIDADES ESCOLARES DA REDE MUNICIPAL DO MUNICÍPIO DE CAETITÉ – BAHIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1218</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1218/altera_o_anexo_i_da_lei_961.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O ANEXO I DA LEI MUNICIPAL N. 961 DE 20 DE DEZEMBRO DE 2023, COM AS ALTERAÇÕES PROMOVIDAS PELA LEI MUNICIPAL Nº 1.055 DE 17 DE NOVEMBRO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1220</t>
+  </si>
+  <si>
+    <t>1197</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1220/projeto_de_lei_no._______de_1o_de_dezembro_de_2025._altera_lei_1034.docx.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O CAPUT DO ARTIGO 33 DA LEI Nº 1.034, DE 21 DE JULHO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS..</t>
+  </si>
+  <si>
+    <t>1252</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1252/projeto_de_lei_no._______de_4_de_dezembro_de_2025..docx.pdf</t>
+  </si>
+  <si>
+    <t>PRORROGA ATÉ 31 DE DEZEMBRO DE 2026 A VIGÊNCIA DO PLANO MUNICIPAL DE EDUCAÇÃO DE CAETITÉ-BA, APROVADO PELA LEI Nº 789, DE 22 DE JUNHO DE 2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1219</t>
+  </si>
+  <si>
+    <t>VET</t>
+  </si>
+  <si>
+    <t>Veto Total ou Parcial</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1219/mensagem_de_veto_02.2025.pdf</t>
+  </si>
+  <si>
+    <t>VETA PARCIALMENTE O PROJETO DE LEI Nº 1175/2025, QUE “INCLUI O ANEXO II NA LEI Nº 1.014, DE 18 DE DEZEMBRO DE 2024, QUE AUTORIZA O CHEFE DO PODER EXECUTIVO A ALIENAR BENS MÓVEIS INSERVÍVEIS DO PATRIMONIO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -3434,67 +4140,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/885/indicacao_n1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/886/indicacao_n2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/887/indicacao_n3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/888/indicacao_n4.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/889/indicacao_n5.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/890/indicacao_n6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/891/indicacao_n7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/892/indicacao_n8.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/893/indicacao_n9.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_n10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/895/indicacao_n11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/896/indicacao_n12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/897/indicacao_n13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/898/indicacao_n14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/899/indicacao_n15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/900/indicacao_n16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/901/indicacao_n_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/902/indicacao_n18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/903/indicacao_n19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/905/indicacao_n21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/906/indicacao_n22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/907/indicacao_n23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/908/indicacao_n24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/909/indicacao_n25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/910/indicacao_n26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/911/indicacao_n27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/912/indicacao_n28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/914/indicacao_n30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/915/indicacao_n31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/916/indicacao_n32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/917/indicacao_n33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/918/indicacao_n34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/919/indicacao_n35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/920/indicacao_n36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/921/indicacao_n37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/922/indicacao_n38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/923/indicacao_n39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/924/indicacao_n40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/925/indicacao_n41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/926/indicacao_n42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/927/indicacao_n43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/928/indicacao_n44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/929/indicacao_n45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/930/indicacao_n46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/931/indicacao_n47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/932/indicacao_n48.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/933/indicacao_n49.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/934/indicacao_n50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/935/indicacao_n51.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/936/indicacao_n_52.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_n53.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/938/indicacao_n54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_n55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/940/indicacao_n56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/941/indicacao_n57.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/942/indicacao_n58.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/943/indicacao_n59.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/944/indicacao_n60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/946/indicacao_n62.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/947/indicacao_n63.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/948/indicacao_n64.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/949/indicacao_n65.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/950/indicacao_n66.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/951/indicacao_n67.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/952/indicacao_n68.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/953/indicacao_n69.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/954/indicacao_n70.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/955/indicacao_n71.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/956/indicacao_n72.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/957/indicacao_n73.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/958/indicacao_n74.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/959/indicacao_n75.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/960/indicacao_n76.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/961/indicacao_n_78.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/962/indicacao_n79.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/963/indicacao_n80.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/964/indicacao_n81.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/965/indicacao_n82.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/966/indicacao_n83.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/967/indicacao_n84.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/968/indicacao_n85.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/969/indicacao_n86.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/970/indicacao_n87.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/971/indicacao_n88.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/972/indicacao_n89.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/973/indicacao_n90.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/974/indicacao_n91.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/975/indicacao_n92.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/977/indicacao_n94.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/978/indicacao_n95.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/979/indicacao_n96.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/980/indicacao_n97.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/981/indicacao_n98.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/982/indicacao_n99.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/983/indicacao_n100.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/984/indicacao_n101.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/985/indicacao_n102.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/986/indicacao_n103.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/987/indicacao_n104_1.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/988/indicacao_n105.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/989/indicacao_n106.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/990/indicacao_n107.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/991/indicacao_n108.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/992/indicacao_n109.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/993/indicacao_n110.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/994/indicacao_n111.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/995/indicacao_n112.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/996/indicacao_n113.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/998/indicacao_n115.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/999/indicacao_n116.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1000/indicacao_n117.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1001/indicacao_n118.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1002/indicacao_n119.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1003/indicacao_n120.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1004/indicacao_no_121.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1005/indicacao_no_122.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1006/indicacao_no_123.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1007/indicacao_no_124.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1008/indicacao_no_125.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1009/indicacao_no_126.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1010/indicacao_no_127.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1011/indicacao_no_128.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1012/indicacao_no_129.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1013/indicacao_no_130.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1014/indicacao_no_131.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1016/indicacao_no_133.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1017/indicacao_no_134.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1018/indicacao_no_135.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1019/indicacao_no_136.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1021/indicacao_no_138.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1022/indicacao_no_139.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1024/indicacao_no_141.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1025/indicacao_no_142.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1026/indicacao_no_143.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1029/indicacao_no_145.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1027/indicacao_no_146.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1030/indicacao_no_147.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1031/indicacao_no_148.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1032/indicacao_no_149.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1033/indicacao_no_150.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1034/indicacao_no_151.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1035/indicacao_no_152.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1036/indicacao_no_153.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1037/indicacao_no_154.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1038/indicacao_no_155.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1039/indicacao_no_156.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1056/indicacao_no_157.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1057/indicacao_no_158.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1066/indicacao_no_159.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1067/indicaco_no_160.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1068/indicacao_no_161.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1069/indicacao_no_162.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1090/indicacao_no_163.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1091/indicacao_no_164.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1092/indicacao_no_165.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1093/indicacao_no_166.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1094/indicacao_no_167.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1095/indicacao_no_168.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1096/indicacao_no_169.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1097/indicacao_no_170.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1102/indicacao_no_171.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1103/indicacao_no_172.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1104/indicacao_no_173.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1105/indicacao_no_174.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1106/indicacao_no_175.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1107/indicacao_no_176.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1108/indicacao_no_177.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1109/indicacao_no_178.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1110/indicacao_no_180.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1134/indicacao_no_181.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1135/indicacao_no_182.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1137/indicacao_no_184.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1144/indicacao_no_185.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1145/indicacao_no_186.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1146/indicacao_no_187.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1147/indicacao_no_188.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1148/indicacao_no_189.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1159/indicacao_no_190.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1160/indicacao_no_191.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1161/indicacao_no_192.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1162/indicacao_no_193.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1040/mocao_de_pesar-olavo.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1041/mocao_de_pesar-antonio_neves.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1042/mocao_de_pesar-manoel_candido.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1043/mocao_de_pesar-joao_fernandes.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1044/mocaode_aplausos_e_congratulacoe-ivana_bastos.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1045/mocao_de_pesar-elita_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1046/mocao_de_pesar-helenice_angelica.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1047/mocao_de_pesar-jeferson_soares.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1049/mocao_de_pesar-jailson.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1050/mocao_de_pesar-tiago.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1051/mocao_de_pesar-papa.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1052/mocao_de_congratulacoes-diocese.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1053/mocao_de_pesar-_glaydson_eduardo.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1054/mocao_aplausos_-cavalgada_lara_fernandes.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1055/mocao_aplalsos_-carlos_ramon.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1058/mocao_de_aplausos_coronel_jose_roberto_suarez.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1059/mocao_de_aplausos_naza_bakes.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1060/mocao_de_pesar_aurelina_amelia.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1061/mocao_de_pesar_gilberto_brito.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1062/mocao_de_pesar_joaquim_oliveira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1063/mocao_de_pesar_vitorio_franca_varela_de_albuquerque.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1064/mocao_de_pesar_-paulo_de_quidim.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1065/mocao_de_pesar_-paulo_camara.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1070/mocao_de_pesar_-elisa_oliveira.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1111/mocaoa_de_pesar_-salvador_oliveira.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1140/mocao_de_pesar-ademar_soares.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1138/mocao_de_pesar-giovane_lima.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1139/mocao_de_pesar-carlos_junqueira.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1141/mocao_de_pesar_-edesio_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1142/mocao_de_pesar_-manoel_messias.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1149/mocao_de_aplauso_-karateca.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1150/mocao_de_pesar_-_cleverson.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1151/mocao_de_pesar_de_waldir_carvalho.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1152/mocao_de_pesar_-jose_castro.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1153/mocao_de_pesar_-maria_alves.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1163/mocao_de_pesar-nadir_monteiro.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1074/projeto_de_decreto_legislativo_no_1007.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1073/projeto_de_decreto_legislativo_no_1008.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1075/projeto_de_decreto_legislativo_no_1009.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1076/projeto_de_decreto_legislativo_no_1010.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1077/projeto_de_decreto_legislativo_no_1011.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1078/projeto_de_decreto_legislativo_no_1012.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1079/projeto_de_decreto_legislativo_no_1013.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1080/projeto_de_decreto_legislativo_no_1013.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1081/projeto_de_decreto_legislativo_no_1015.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1082/projeto_de_decreto_legislativo_no_1016.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1083/projeto_de_decreto_legislativo_no_1017.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1084/projeto_de_decreto_legislativo_no_1018.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1088/projeto_de_decreto_legislativo_no_1019.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1089/projeto_de_decreto_legislativo_no_1020.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1087/projeto_de_decreto_legislativo_no_1021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1116/projeto_de_decreto_legislativo_no_1022-_titulo_cidadao_-_jose_adolfo.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1117/projeto_de_decreto_legislativo_no_1023-titulo_de_cidada-marileia_brito.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1118/projeto_de_decreto_legislativo_no_1024-titulo_cidada-naiane_sales.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1119/projeto_de_decreto_legislativo_no_1025-diploma_de_honra_ao_merito-_romulo_anisio.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1121/projeto_de_decreto_legislativo_no_1027-titulo_de_cidadao-_joao_antonio.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1122/projeto_de_decreto_legislativo_no_1028-_medalha_do_merito_anisio_teixeira-maria_jose_couto.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1123/projeto_de_decreto_legislativo_no_1029-titulo_cidadao-george_euzebio.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1124/projeto_de_decreto_legislativo_no_1030-titulo_cidadao-juvenal_oliveira.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1125/projeto_de_decreto_legislativo_no_1031-titulo_cidadao_sergio_alves.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1130/projeto_de_decreto_legislativo_no_1036_-medalha_do_merito_anisio_teixeira-adriana_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1131/projeto_de_decreto_legislativo_no_1037-medalha_do_merito_anisio_teixeira-maria_de_fatima.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1132/projeto_de_decreto_legislativo_no_1038-titulo_cidada-elizete_andrade.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1133/projeto_de_decreto_legislativo_no_1039-titulo_de_cidadao-temistocles_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1071/projeto_de_lei_no_1144.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1098/projeto_de_lei_no_1151.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1099/projeto_de_lei_no_1153.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1113/projeto_de_lei_n.o1158.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1154/projeto_de_lei_no_1159.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1155/projeto_de_lei_no_1160.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1156/projeto_de_lei_no_1161.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1157/projeto_de_lei_no_1162.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1143/projeto_de_lei_no_1163.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/885/indicacao_n1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/886/indicacao_n2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/887/indicacao_n3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/888/indicacao_n4.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/889/indicacao_n5.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/890/indicacao_n6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/891/indicacao_n7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/892/indicacao_n8.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/893/indicacao_n9.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_n10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/895/indicacao_n11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/896/indicacao_n12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/897/indicacao_n13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/898/indicacao_n14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/899/indicacao_n15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/900/indicacao_n16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/901/indicacao_n_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/902/indicacao_n18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/903/indicacao_n19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/905/indicacao_n21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/906/indicacao_n22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/907/indicacao_n23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/908/indicacao_n24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/909/indicacao_n25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/910/indicacao_n26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/911/indicacao_n27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/912/indicacao_n28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/914/indicacao_n30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/915/indicacao_n31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/916/indicacao_n32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/917/indicacao_n33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/918/indicacao_n34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/919/indicacao_n35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/920/indicacao_n36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/921/indicacao_n37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/922/indicacao_n38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/923/indicacao_n39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/924/indicacao_n40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/925/indicacao_n41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/926/indicacao_n42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/927/indicacao_n43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/928/indicacao_n44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/929/indicacao_n45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/930/indicacao_n46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/931/indicacao_n47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/932/indicacao_n48.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/933/indicacao_n49.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/934/indicacao_n50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/935/indicacao_n51.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/936/indicacao_n_52.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_n53.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/938/indicacao_n54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_n55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/940/indicacao_n56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/941/indicacao_n57.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/942/indicacao_n58.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/943/indicacao_n59.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/944/indicacao_n60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/946/indicacao_n62.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/947/indicacao_n63.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/948/indicacao_n64.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/949/indicacao_n65.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/950/indicacao_n66.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/951/indicacao_n67.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/952/indicacao_n68.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/953/indicacao_n69.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/954/indicacao_n70.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/955/indicacao_n71.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/956/indicacao_n72.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/957/indicacao_n73.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/958/indicacao_n74.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/959/indicacao_n75.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/960/indicacao_n76.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/961/indicacao_n_78.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/962/indicacao_n79.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/963/indicacao_n80.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/964/indicacao_n81.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/965/indicacao_n82.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/966/indicacao_n83.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/967/indicacao_n84.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/968/indicacao_n85.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/969/indicacao_n86.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/970/indicacao_n87.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/971/indicacao_n88.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/972/indicacao_n89.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/973/indicacao_n90.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/974/indicacao_n91.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/975/indicacao_n92.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/977/indicacao_n94.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/978/indicacao_n95.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/979/indicacao_n96.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/980/indicacao_n97.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/981/indicacao_n98.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/982/indicacao_n99.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/983/indicacao_n100.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/984/indicacao_n101.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/985/indicacao_n102.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/986/indicacao_n103.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/987/indicacao_n104_1.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/988/indicacao_n105.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/989/indicacao_n106.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/990/indicacao_n107.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/991/indicacao_n108.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/992/indicacao_n109.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/993/indicacao_n110.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/994/indicacao_n111.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/995/indicacao_n112.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/996/indicacao_n113.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/998/indicacao_n115.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/999/indicacao_n116.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1000/indicacao_n117.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1001/indicacao_n118.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1002/indicacao_n119.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1003/indicacao_n120.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1004/indicacao_no_121.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1005/indicacao_no_122.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1006/indicacao_no_123.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1007/indicacao_no_124.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1008/indicacao_no_125.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1009/indicacao_no_126.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1010/indicacao_no_127.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1011/indicacao_no_128.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1012/indicacao_no_129.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1013/indicacao_no_130.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1014/indicacao_no_131.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1016/indicacao_no_133.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1017/indicacao_no_134.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1018/indicacao_no_135.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1019/indicacao_no_136.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1021/indicacao_no_138.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1022/indicacao_no_139.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1024/indicacao_no_141.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1025/indicacao_no_142.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1026/indicacao_no_143.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1029/indicacao_no_145.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1027/indicacao_no_146.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1030/indicacao_no_147.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1031/indicacao_no_148.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1032/indicacao_no_149.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1033/indicacao_no_150.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1034/indicacao_no_151.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1035/indicacao_no_152.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1036/indicacao_no_153.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1037/indicacao_no_154.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1038/indicacao_no_155.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1039/indicacao_no_156.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1056/indicacao_no_157.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1057/indicacao_no_158.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1066/indicacao_no_159.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1067/indicaco_no_160.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1068/indicacao_no_161.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1069/indicacao_no_162.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1090/indicacao_no_163.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1091/indicacao_no_164.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1092/indicacao_no_165.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1093/indicacao_no_166.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1094/indicacao_no_167.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1095/indicacao_no_168.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1096/indicacao_no_169.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1097/indicacao_no_170.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1102/indicacao_no_171.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1103/indicacao_no_172.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1104/indicacao_no_173.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1105/indicacao_no_174.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1106/indicacao_no_175.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1107/indicacao_no_176.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1108/indicacao_no_177.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1109/indicacao_no_178.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1110/indicacao_no_180.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1134/indicacao_no_181.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1135/indicacao_no_182.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1137/indicacao_no_184.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1144/indicacao_no_185.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1145/indicacao_no_186.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1146/indicacao_no_187.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1147/indicacao_no_188.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1148/indicacao_no_189.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1159/indicacao_no_190.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1160/indicacao_no_191.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1161/indicacao_no_192.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1162/indicacao_no_193.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1170/indicacao_no_194.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1171/indicacao_no_195.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1172/indicacao_no_196.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1173/indicacao_no_197.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1174/indicacao_no_198.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1193/indicacao_no_199.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1214/indicacao_no_200.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1195/ind_201.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1213/indicacao_no_202.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1212/indicacao_no_203.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1211/indicacao_no_204.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1209/indicacao_no_206.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1201/creche_prisco_viana.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1204/indicacao_208-_2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1207/img20251117_11062918.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1206/img20251117_11223530.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1215/img20251124_12460247.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1216/img20251125_11140629.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1040/mocao_de_pesar-olavo.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1041/mocao_de_pesar-antonio_neves.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1042/mocao_de_pesar-manoel_candido.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1043/mocao_de_pesar-joao_fernandes.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1044/mocaode_aplausos_e_congratulacoe-ivana_bastos.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1045/mocao_de_pesar-elita_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1046/mocao_de_pesar-helenice_angelica.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1047/mocao_de_pesar-jeferson_soares.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1049/mocao_de_pesar-jailson.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1050/mocao_de_pesar-tiago.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1051/mocao_de_pesar-papa.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1052/mocao_de_congratulacoes-diocese.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1053/mocao_de_pesar-_glaydson_eduardo.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1054/mocao_aplausos_-cavalgada_lara_fernandes.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1055/mocao_aplalsos_-carlos_ramon.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1058/mocao_de_aplausos_coronel_jose_roberto_suarez.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1059/mocao_de_aplausos_naza_bakes.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1060/mocao_de_pesar_aurelina_amelia.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1061/mocao_de_pesar_gilberto_brito.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1062/mocao_de_pesar_joaquim_oliveira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1063/mocao_de_pesar_vitorio_franca_varela_de_albuquerque.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1064/mocao_de_pesar_-paulo_de_quidim.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1065/mocao_de_pesar_-paulo_camara.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1070/mocao_de_pesar_-elisa_oliveira.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1111/mocaoa_de_pesar_-salvador_oliveira.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1140/mocao_de_pesar-ademar_soares.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1138/mocao_de_pesar-giovane_lima.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1139/mocao_de_pesar-carlos_junqueira.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1141/mocao_de_pesar_-edesio_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1142/mocao_de_pesar_-manoel_messias.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1149/mocao_de_aplauso_-karateca.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1150/mocao_de_pesar_-_cleverson.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1151/mocao_de_pesar_de_waldir_carvalho.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1152/mocao_de_pesar_-jose_castro.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1153/mocao_de_pesar_-maria_alves.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1163/mocao_de_pesar-nadir_monteiro.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1167/mocao_de_apalusos-_paroquia_n.s.aparecida.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1198/mocao_igreja_menonita.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1205/mocao_de_pesar_n05_-_maria_ana_da_silva_santos.docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1208/mocao_de_pesar_n05_-_maria_ana_da_silva_santos.docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1074/projeto_de_decreto_legislativo_no_1007.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1073/projeto_de_decreto_legislativo_no_1008.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1075/projeto_de_decreto_legislativo_no_1009.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1076/projeto_de_decreto_legislativo_no_1010.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1077/projeto_de_decreto_legislativo_no_1011.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1078/projeto_de_decreto_legislativo_no_1012.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1079/projeto_de_decreto_legislativo_no_1013.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1080/projeto_de_decreto_legislativo_no_1013.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1081/projeto_de_decreto_legislativo_no_1015.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1082/projeto_de_decreto_legislativo_no_1016.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1083/projeto_de_decreto_legislativo_no_1017.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1084/projeto_de_decreto_legislativo_no_1018.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1088/projeto_de_decreto_legislativo_no_1019.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1089/projeto_de_decreto_legislativo_no_1020.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1087/projeto_de_decreto_legislativo_no_1021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1116/projeto_de_decreto_legislativo_no_1022-_titulo_cidadao_-_jose_adolfo.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1117/projeto_de_decreto_legislativo_no_1023-titulo_de_cidada-marileia_brito.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1118/projeto_de_decreto_legislativo_no_1024-titulo_cidada-naiane_sales.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1119/projeto_de_decreto_legislativo_no_1025-diploma_de_honra_ao_merito-_romulo_anisio.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1121/projeto_de_decreto_legislativo_no_1027-titulo_de_cidadao-_joao_antonio.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1122/projeto_de_decreto_legislativo_no_1028-_medalha_do_merito_anisio_teixeira-maria_jose_couto.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1123/projeto_de_decreto_legislativo_no_1029-titulo_cidadao-george_euzebio.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1124/projeto_de_decreto_legislativo_no_1030-titulo_cidadao-juvenal_oliveira.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1125/projeto_de_decreto_legislativo_no_1031-titulo_cidadao_sergio_alves.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1130/projeto_de_decreto_legislativo_no_1036_-medalha_do_merito_anisio_teixeira-adriana_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1131/projeto_de_decreto_legislativo_no_1037-medalha_do_merito_anisio_teixeira-maria_de_fatima.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1132/projeto_de_decreto_legislativo_no_1038-titulo_cidada-elizete_andrade.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1133/projeto_de_decreto_legislativo_no_1039-titulo_de_cidadao-temistocles_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1222/projeto_de_lei_no1124-celebrar_convenio_com_areas_espicificas.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1223/projeto_de_lei_no1125-denominacao_de_rua_antonio_moreira.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1224/projeto_de_lei_no1126-denominacao_do_hipodromo_maniacu.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1225/projeto_de_lei_no1127-prorrogacao_do_plano_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1226/projeto_de_lei_no1128-institui_a_semana_de_valorizacao_a_mulher.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1227/projeto_de_lei_no1130-denominacao_do_pronto_atendimento_upa_iii.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1228/projeto_de_lei_no1131-dispoe_sobre_o_transtorno_espectro_autista.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1229/projeto_de_lei_no1133-_denominacao_da_rua_rafael_nascimento.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1230/projeto_de_lei_no1135-alteracao_contrato_de_consorcios.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1231/projeto_de_lei_no1137-autoriza_o_poder_executivo_abrir_creditos.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1232/projeto_de_lei_no1138-denominacao_de_rua_eunice_batista.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1233/projeto_de_lei_no1139-denominacao_da_via_urbana_rua_beija_flor.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1234/projeto_de_lei_no1140-cria_componetes_para_seguranca_alimentar_e_nutricional.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1236/projeto_de_lei_no1142-alteracao_da_estrutura_administrativa_da_camara.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1071/projeto_de_lei_no_1144.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1237/projeto_de_lei_no1146-delimitacao_de_novos_bairros.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1238/projeto_de_lei_no1149-reajustes_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1098/projeto_de_lei_no_1151.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1099/projeto_de_lei_no_1153.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1239/projeto_de_lei_no1155-criacao_do_dia_municipal_das_raizes_africanas.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1113/projeto_de_lei_n.o1158.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1154/projeto_de_lei_no_1159.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1155/projeto_de_lei_no_1160.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1156/projeto_de_lei_no_1161.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1157/projeto_de_lei_no_1162.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1143/projeto_de_lei_no_1163.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1164/projeto_de_lei_no1164-denominacao_creche_pre-escola_tipo_ii_samambaia.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1240/projeto_de_lei_no1166-denominacao_da_av_salinas.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1241/projeto_de_lei_no1167_altera_lei_municipal_no_1036.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1242/projeto_de_lei_no1170-predios_publicos.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1243/projeto_de_lei_no1172-denominacao_de_nome_de_rua_conselheiro_joaquim_antonio.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1192/projeto_de_lei_no1173-criacao_de_programa_de_educacao_no_transito.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1244/projeto_de_lei_no1174-estabelece_normas_para_denominacao_de_vias_e_logradouros_publicos_no_municipio_de_caetite.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1221/projeto_de_lei_no1175-inclui_o_anexo_ii_na_lei_no_1.014_de_18_dezembro_2024.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1245/projeto_de_lei_no1177-_dispoe_sobre_o_atendimento_preferencial_as_pessoas_portadoras_de_cancer.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1246/projeto_de_lei_no1178-da_denominacao_de_dr.leoncio_fagundes_de_oliveira_a_unidade_basica_de_saude-ubs_do_bairro_alto_cristo.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1247/projeto_de_lei_no1179-da_denominacao_de_professora_edna_licia_gomes_da_silva_a_creche_pre-escolar_situada_no_bairro_sao_vicente_iii..pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1248/projeto_de_lei_no1180-autoriza_o_poder_executo_municipal_a_abrir_credito.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1235/projeto_de_lei_no_1182-autoriza_o_poder_executivo_municipal_a_abrir_credito_especial_no_valor_2.500.0000.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1249/projeto_de_lei_no1183-dispoe_sobre_subsidio_do_procurador_municipal..pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1250/projeto_de_lei_no1185-altera_o_artigo_65_da_lei_municipal_no_961.2023.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1251/projeto_de_lei_no1186-altera_o_art.2o_da_lei_901.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1196/projeto_de_lei_1187.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1199/img20251112_11053916.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1200/projeto_de_lei_no._______de_12_de_novembro_de_2025..docx.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1202/projeto_de_lei_no._______de_12_de_novembro_de_2025._concessao_de_uso_hospital_municipal.docx.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1203/jovem_aprendiz.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1217/pl_1195.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1218/altera_o_anexo_i_da_lei_961.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1220/projeto_de_lei_no._______de_1o_de_dezembro_de_2025._altera_lei_1034.docx.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1252/projeto_de_lei_no._______de_4_de_dezembro_de_2025..docx.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1219/mensagem_de_veto_02.2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H271"/>
+  <dimension ref="A1:H337"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="162.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="201.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -8451,2076 +9157,3792 @@
       </c>
       <c r="D192" t="s">
         <v>11</v>
       </c>
       <c r="E192" t="s">
         <v>12</v>
       </c>
       <c r="F192" t="s">
         <v>77</v>
       </c>
       <c r="G192" s="1" t="s">
         <v>778</v>
       </c>
       <c r="H192" t="s">
         <v>779</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>780</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>10</v>
+        <v>781</v>
       </c>
       <c r="D193" t="s">
-        <v>781</v>
+        <v>11</v>
       </c>
       <c r="E193" t="s">
+        <v>12</v>
+      </c>
+      <c r="F193" t="s">
+        <v>94</v>
+      </c>
+      <c r="G193" s="1" t="s">
         <v>782</v>
       </c>
-      <c r="F193" t="s">
-[...2 lines deleted...]
-      <c r="G193" s="1" t="s">
+      <c r="H193" t="s">
         <v>783</v>
-      </c>
-[...1 lines deleted...]
-        <v>784</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
+        <v>784</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
         <v>785</v>
       </c>
-      <c r="B194" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D194" t="s">
-        <v>781</v>
+        <v>11</v>
       </c>
       <c r="E194" t="s">
-        <v>782</v>
+        <v>12</v>
       </c>
       <c r="F194" t="s">
-        <v>455</v>
+        <v>35</v>
       </c>
       <c r="G194" s="1" t="s">
         <v>786</v>
       </c>
       <c r="H194" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>788</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>22</v>
+        <v>789</v>
       </c>
       <c r="D195" t="s">
-        <v>781</v>
+        <v>11</v>
       </c>
       <c r="E195" t="s">
-        <v>782</v>
+        <v>12</v>
       </c>
       <c r="F195" t="s">
-        <v>13</v>
+        <v>335</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="H195" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>26</v>
+        <v>793</v>
       </c>
       <c r="D196" t="s">
-        <v>781</v>
+        <v>11</v>
       </c>
       <c r="E196" t="s">
-        <v>782</v>
+        <v>12</v>
       </c>
       <c r="F196" t="s">
-        <v>107</v>
+        <v>335</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="H196" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>30</v>
+        <v>797</v>
       </c>
       <c r="D197" t="s">
-        <v>781</v>
+        <v>11</v>
       </c>
       <c r="E197" t="s">
-        <v>782</v>
+        <v>12</v>
       </c>
       <c r="F197" t="s">
-        <v>94</v>
+        <v>35</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="H197" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>34</v>
+        <v>801</v>
       </c>
       <c r="D198" t="s">
-        <v>781</v>
+        <v>11</v>
       </c>
       <c r="E198" t="s">
-        <v>782</v>
+        <v>12</v>
       </c>
       <c r="F198" t="s">
-        <v>335</v>
+        <v>107</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="H198" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>39</v>
+        <v>805</v>
       </c>
       <c r="D199" t="s">
-        <v>781</v>
+        <v>11</v>
       </c>
       <c r="E199" t="s">
-        <v>782</v>
+        <v>12</v>
       </c>
       <c r="F199" t="s">
-        <v>335</v>
+        <v>77</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>801</v>
+        <v>806</v>
       </c>
       <c r="H199" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>803</v>
+        <v>808</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>43</v>
+        <v>809</v>
       </c>
       <c r="D200" t="s">
-        <v>781</v>
+        <v>11</v>
       </c>
       <c r="E200" t="s">
-        <v>782</v>
+        <v>12</v>
       </c>
       <c r="F200" t="s">
-        <v>455</v>
+        <v>107</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>804</v>
+        <v>810</v>
       </c>
       <c r="H200" t="s">
-        <v>805</v>
+        <v>811</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>806</v>
+        <v>812</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>47</v>
+        <v>813</v>
       </c>
       <c r="D201" t="s">
-        <v>781</v>
+        <v>11</v>
       </c>
       <c r="E201" t="s">
-        <v>782</v>
+        <v>12</v>
       </c>
       <c r="F201" t="s">
-        <v>177</v>
+        <v>133</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>95</v>
+        <v>814</v>
       </c>
       <c r="H201" t="s">
-        <v>807</v>
+        <v>815</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>808</v>
+        <v>816</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>51</v>
+        <v>817</v>
       </c>
       <c r="D202" t="s">
-        <v>781</v>
+        <v>11</v>
       </c>
       <c r="E202" t="s">
-        <v>782</v>
+        <v>12</v>
       </c>
       <c r="F202" t="s">
         <v>13</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>809</v>
+        <v>818</v>
       </c>
       <c r="H202" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>56</v>
+        <v>821</v>
       </c>
       <c r="D203" t="s">
-        <v>781</v>
+        <v>11</v>
       </c>
       <c r="E203" t="s">
-        <v>782</v>
+        <v>12</v>
       </c>
       <c r="F203" t="s">
-        <v>52</v>
+        <v>94</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>812</v>
+        <v>822</v>
       </c>
       <c r="H203" t="s">
-        <v>813</v>
+        <v>823</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>814</v>
+        <v>824</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>60</v>
+        <v>825</v>
       </c>
       <c r="D204" t="s">
-        <v>781</v>
+        <v>11</v>
       </c>
       <c r="E204" t="s">
-        <v>782</v>
+        <v>12</v>
       </c>
       <c r="F204" t="s">
-        <v>177</v>
+        <v>77</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>815</v>
+        <v>95</v>
       </c>
       <c r="H204" t="s">
-        <v>816</v>
+        <v>826</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>817</v>
+        <v>827</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>64</v>
+        <v>828</v>
       </c>
       <c r="D205" t="s">
-        <v>781</v>
+        <v>11</v>
       </c>
       <c r="E205" t="s">
-        <v>782</v>
+        <v>12</v>
       </c>
       <c r="F205" t="s">
         <v>177</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>818</v>
+        <v>829</v>
       </c>
       <c r="H205" t="s">
-        <v>819</v>
+        <v>830</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>820</v>
+        <v>831</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>68</v>
+        <v>832</v>
       </c>
       <c r="D206" t="s">
-        <v>781</v>
+        <v>11</v>
       </c>
       <c r="E206" t="s">
-        <v>782</v>
+        <v>12</v>
       </c>
       <c r="F206" t="s">
-        <v>13</v>
+        <v>107</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>821</v>
+        <v>833</v>
       </c>
       <c r="H206" t="s">
-        <v>822</v>
+        <v>834</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>823</v>
+        <v>835</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>72</v>
+        <v>836</v>
       </c>
       <c r="D207" t="s">
-        <v>781</v>
+        <v>11</v>
       </c>
       <c r="E207" t="s">
-        <v>782</v>
+        <v>12</v>
       </c>
       <c r="F207" t="s">
-        <v>335</v>
+        <v>13</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>824</v>
+        <v>837</v>
       </c>
       <c r="H207" t="s">
-        <v>825</v>
+        <v>838</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>826</v>
+        <v>839</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>76</v>
+        <v>840</v>
       </c>
       <c r="D208" t="s">
-        <v>781</v>
+        <v>11</v>
       </c>
       <c r="E208" t="s">
-        <v>782</v>
+        <v>12</v>
       </c>
       <c r="F208" t="s">
-        <v>13</v>
+        <v>77</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>827</v>
+        <v>841</v>
       </c>
       <c r="H208" t="s">
-        <v>828</v>
+        <v>842</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>829</v>
+        <v>843</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>81</v>
+        <v>844</v>
       </c>
       <c r="D209" t="s">
-        <v>781</v>
+        <v>11</v>
       </c>
       <c r="E209" t="s">
-        <v>782</v>
+        <v>12</v>
+      </c>
+      <c r="F209" t="s">
+        <v>77</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>830</v>
+        <v>845</v>
       </c>
       <c r="H209" t="s">
-        <v>831</v>
+        <v>846</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>832</v>
+        <v>847</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>85</v>
+        <v>848</v>
       </c>
       <c r="D210" t="s">
-        <v>781</v>
+        <v>11</v>
       </c>
       <c r="E210" t="s">
-        <v>782</v>
+        <v>12</v>
       </c>
       <c r="F210" t="s">
-        <v>52</v>
+        <v>77</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>833</v>
+        <v>849</v>
       </c>
       <c r="H210" t="s">
-        <v>834</v>
+        <v>850</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>835</v>
+        <v>851</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>89</v>
+        <v>852</v>
       </c>
       <c r="D211" t="s">
-        <v>781</v>
+        <v>11</v>
       </c>
       <c r="E211" t="s">
-        <v>782</v>
+        <v>12</v>
       </c>
       <c r="F211" t="s">
-        <v>18</v>
+        <v>77</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>836</v>
+        <v>853</v>
       </c>
       <c r="H211" t="s">
-        <v>837</v>
+        <v>854</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>838</v>
+        <v>855</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>93</v>
+        <v>10</v>
       </c>
       <c r="D212" t="s">
-        <v>781</v>
+        <v>856</v>
       </c>
       <c r="E212" t="s">
-        <v>782</v>
+        <v>857</v>
       </c>
       <c r="F212" t="s">
-        <v>335</v>
+        <v>35</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>839</v>
+        <v>858</v>
       </c>
       <c r="H212" t="s">
-        <v>840</v>
+        <v>859</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>841</v>
+        <v>860</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>98</v>
+        <v>17</v>
       </c>
       <c r="D213" t="s">
-        <v>781</v>
+        <v>856</v>
       </c>
       <c r="E213" t="s">
-        <v>782</v>
+        <v>857</v>
       </c>
       <c r="F213" t="s">
-        <v>335</v>
+        <v>455</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>842</v>
+        <v>861</v>
       </c>
       <c r="H213" t="s">
-        <v>843</v>
+        <v>862</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>844</v>
+        <v>863</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="D214" t="s">
-        <v>781</v>
+        <v>856</v>
       </c>
       <c r="E214" t="s">
-        <v>782</v>
+        <v>857</v>
       </c>
       <c r="F214" t="s">
         <v>13</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>845</v>
+        <v>864</v>
       </c>
       <c r="H214" t="s">
-        <v>846</v>
+        <v>865</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>847</v>
+        <v>866</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>106</v>
+        <v>26</v>
       </c>
       <c r="D215" t="s">
-        <v>781</v>
+        <v>856</v>
       </c>
       <c r="E215" t="s">
-        <v>782</v>
+        <v>857</v>
       </c>
       <c r="F215" t="s">
-        <v>52</v>
+        <v>107</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>848</v>
+        <v>867</v>
       </c>
       <c r="H215" t="s">
-        <v>849</v>
+        <v>868</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>850</v>
+        <v>869</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>111</v>
+        <v>30</v>
       </c>
       <c r="D216" t="s">
-        <v>781</v>
+        <v>856</v>
       </c>
       <c r="E216" t="s">
-        <v>782</v>
+        <v>857</v>
       </c>
       <c r="F216" t="s">
-        <v>77</v>
+        <v>94</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>851</v>
+        <v>870</v>
       </c>
       <c r="H216" t="s">
-        <v>852</v>
+        <v>871</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>853</v>
+        <v>872</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>115</v>
+        <v>34</v>
       </c>
       <c r="D217" t="s">
-        <v>781</v>
+        <v>856</v>
       </c>
       <c r="E217" t="s">
-        <v>782</v>
+        <v>857</v>
       </c>
       <c r="F217" t="s">
         <v>335</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>854</v>
+        <v>873</v>
       </c>
       <c r="H217" t="s">
-        <v>855</v>
+        <v>874</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
+        <v>875</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>39</v>
+      </c>
+      <c r="D218" t="s">
         <v>856</v>
       </c>
-      <c r="B218" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E218" t="s">
-        <v>782</v>
+        <v>857</v>
       </c>
       <c r="F218" t="s">
-        <v>77</v>
+        <v>335</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>857</v>
+        <v>876</v>
       </c>
       <c r="H218" t="s">
-        <v>858</v>
+        <v>877</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>859</v>
+        <v>878</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>124</v>
+        <v>43</v>
       </c>
       <c r="D219" t="s">
-        <v>781</v>
+        <v>856</v>
       </c>
       <c r="E219" t="s">
-        <v>782</v>
+        <v>857</v>
       </c>
       <c r="F219" t="s">
-        <v>335</v>
+        <v>455</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>860</v>
+        <v>879</v>
       </c>
       <c r="H219" t="s">
-        <v>861</v>
+        <v>880</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>862</v>
+        <v>881</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>128</v>
+        <v>47</v>
       </c>
       <c r="D220" t="s">
-        <v>781</v>
+        <v>856</v>
       </c>
       <c r="E220" t="s">
-        <v>782</v>
+        <v>857</v>
       </c>
       <c r="F220" t="s">
-        <v>335</v>
+        <v>177</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>863</v>
+        <v>95</v>
       </c>
       <c r="H220" t="s">
-        <v>864</v>
+        <v>882</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>865</v>
+        <v>883</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>132</v>
+        <v>51</v>
       </c>
       <c r="D221" t="s">
-        <v>781</v>
+        <v>856</v>
       </c>
       <c r="E221" t="s">
-        <v>782</v>
+        <v>857</v>
       </c>
       <c r="F221" t="s">
-        <v>77</v>
+        <v>13</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>866</v>
+        <v>884</v>
       </c>
       <c r="H221" t="s">
-        <v>867</v>
+        <v>885</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>868</v>
+        <v>886</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>136</v>
+        <v>56</v>
       </c>
       <c r="D222" t="s">
-        <v>781</v>
+        <v>856</v>
       </c>
       <c r="E222" t="s">
-        <v>782</v>
+        <v>857</v>
       </c>
       <c r="F222" t="s">
-        <v>35</v>
+        <v>52</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>869</v>
+        <v>887</v>
       </c>
       <c r="H222" t="s">
-        <v>870</v>
+        <v>888</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>871</v>
+        <v>889</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>140</v>
+        <v>60</v>
       </c>
       <c r="D223" t="s">
-        <v>781</v>
+        <v>856</v>
       </c>
       <c r="E223" t="s">
-        <v>782</v>
+        <v>857</v>
       </c>
       <c r="F223" t="s">
-        <v>35</v>
+        <v>177</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>872</v>
+        <v>890</v>
       </c>
       <c r="H223" t="s">
-        <v>873</v>
+        <v>891</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>874</v>
+        <v>892</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>144</v>
+        <v>64</v>
       </c>
       <c r="D224" t="s">
-        <v>781</v>
+        <v>856</v>
       </c>
       <c r="E224" t="s">
-        <v>782</v>
+        <v>857</v>
       </c>
       <c r="F224" t="s">
-        <v>133</v>
+        <v>177</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>875</v>
+        <v>893</v>
       </c>
       <c r="H224" t="s">
-        <v>876</v>
+        <v>894</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>877</v>
+        <v>895</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>148</v>
+        <v>68</v>
       </c>
       <c r="D225" t="s">
-        <v>781</v>
+        <v>856</v>
       </c>
       <c r="E225" t="s">
-        <v>782</v>
+        <v>857</v>
       </c>
       <c r="F225" t="s">
-        <v>77</v>
+        <v>13</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>878</v>
+        <v>896</v>
       </c>
       <c r="H225" t="s">
-        <v>879</v>
+        <v>897</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>880</v>
+        <v>898</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>152</v>
+        <v>72</v>
       </c>
       <c r="D226" t="s">
-        <v>781</v>
+        <v>856</v>
       </c>
       <c r="E226" t="s">
-        <v>782</v>
+        <v>857</v>
       </c>
       <c r="F226" t="s">
-        <v>35</v>
+        <v>335</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>881</v>
+        <v>899</v>
       </c>
       <c r="H226" t="s">
-        <v>882</v>
+        <v>900</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>883</v>
+        <v>901</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>156</v>
+        <v>76</v>
       </c>
       <c r="D227" t="s">
-        <v>781</v>
+        <v>856</v>
       </c>
       <c r="E227" t="s">
-        <v>782</v>
+        <v>857</v>
       </c>
       <c r="F227" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>884</v>
+        <v>902</v>
       </c>
       <c r="H227" t="s">
-        <v>885</v>
+        <v>903</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>886</v>
+        <v>904</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>160</v>
+        <v>81</v>
       </c>
       <c r="D228" t="s">
-        <v>781</v>
+        <v>856</v>
       </c>
       <c r="E228" t="s">
-        <v>782</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>857</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>887</v>
+        <v>905</v>
       </c>
       <c r="H228" t="s">
-        <v>888</v>
+        <v>906</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>889</v>
+        <v>907</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>164</v>
+        <v>85</v>
       </c>
       <c r="D229" t="s">
-        <v>781</v>
+        <v>856</v>
       </c>
       <c r="E229" t="s">
-        <v>782</v>
+        <v>857</v>
       </c>
       <c r="F229" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>890</v>
+        <v>908</v>
       </c>
       <c r="H229" t="s">
-        <v>891</v>
+        <v>909</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>892</v>
+        <v>910</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>509</v>
+        <v>89</v>
       </c>
       <c r="D230" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="E230" t="s">
-        <v>894</v>
+        <v>857</v>
       </c>
       <c r="F230" t="s">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>895</v>
+        <v>911</v>
       </c>
       <c r="H230" t="s">
-        <v>896</v>
+        <v>912</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>897</v>
+        <v>913</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>513</v>
+        <v>93</v>
       </c>
       <c r="D231" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="E231" t="s">
-        <v>894</v>
+        <v>857</v>
       </c>
       <c r="F231" t="s">
-        <v>35</v>
+        <v>335</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>898</v>
+        <v>914</v>
       </c>
       <c r="H231" t="s">
-        <v>899</v>
+        <v>915</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>900</v>
+        <v>916</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>517</v>
+        <v>98</v>
       </c>
       <c r="D232" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="E232" t="s">
-        <v>894</v>
+        <v>857</v>
+      </c>
+      <c r="F232" t="s">
+        <v>335</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>901</v>
+        <v>917</v>
       </c>
       <c r="H232" t="s">
-        <v>902</v>
+        <v>918</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>903</v>
+        <v>919</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>521</v>
+        <v>102</v>
       </c>
       <c r="D233" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="E233" t="s">
-        <v>894</v>
+        <v>857</v>
       </c>
       <c r="F233" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>904</v>
+        <v>920</v>
       </c>
       <c r="H233" t="s">
-        <v>905</v>
+        <v>921</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>906</v>
+        <v>922</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>525</v>
+        <v>106</v>
       </c>
       <c r="D234" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="E234" t="s">
-        <v>894</v>
+        <v>857</v>
       </c>
       <c r="F234" t="s">
-        <v>77</v>
+        <v>52</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>907</v>
+        <v>923</v>
       </c>
       <c r="H234" t="s">
-        <v>908</v>
+        <v>924</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>909</v>
+        <v>925</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>529</v>
+        <v>111</v>
       </c>
       <c r="D235" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="E235" t="s">
-        <v>894</v>
+        <v>857</v>
       </c>
       <c r="F235" t="s">
-        <v>177</v>
+        <v>77</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>910</v>
+        <v>926</v>
       </c>
       <c r="H235" t="s">
-        <v>911</v>
+        <v>927</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>912</v>
+        <v>928</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>533</v>
+        <v>115</v>
       </c>
       <c r="D236" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="E236" t="s">
-        <v>894</v>
+        <v>857</v>
       </c>
       <c r="F236" t="s">
-        <v>77</v>
+        <v>335</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>913</v>
+        <v>929</v>
       </c>
       <c r="H236" t="s">
-        <v>914</v>
+        <v>930</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>915</v>
+        <v>931</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>537</v>
+        <v>120</v>
       </c>
       <c r="D237" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="E237" t="s">
-        <v>894</v>
+        <v>857</v>
       </c>
       <c r="F237" t="s">
-        <v>13</v>
+        <v>77</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>916</v>
+        <v>932</v>
       </c>
       <c r="H237" t="s">
-        <v>917</v>
+        <v>933</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>918</v>
+        <v>934</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>541</v>
+        <v>124</v>
       </c>
       <c r="D238" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="E238" t="s">
-        <v>894</v>
+        <v>857</v>
       </c>
       <c r="F238" t="s">
-        <v>116</v>
+        <v>335</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>919</v>
+        <v>935</v>
       </c>
       <c r="H238" t="s">
-        <v>920</v>
+        <v>936</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>921</v>
+        <v>937</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>544</v>
+        <v>128</v>
       </c>
       <c r="D239" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="E239" t="s">
-        <v>894</v>
+        <v>857</v>
       </c>
       <c r="F239" t="s">
-        <v>116</v>
+        <v>335</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>922</v>
+        <v>938</v>
       </c>
       <c r="H239" t="s">
-        <v>923</v>
+        <v>939</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>924</v>
+        <v>940</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>548</v>
+        <v>132</v>
       </c>
       <c r="D240" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="E240" t="s">
-        <v>894</v>
+        <v>857</v>
       </c>
       <c r="F240" t="s">
-        <v>335</v>
+        <v>77</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>925</v>
+        <v>941</v>
       </c>
       <c r="H240" t="s">
-        <v>926</v>
+        <v>942</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>927</v>
+        <v>943</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>552</v>
+        <v>136</v>
       </c>
       <c r="D241" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="E241" t="s">
-        <v>894</v>
+        <v>857</v>
       </c>
       <c r="F241" t="s">
-        <v>335</v>
+        <v>35</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>928</v>
+        <v>944</v>
       </c>
       <c r="H241" t="s">
-        <v>929</v>
+        <v>945</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>930</v>
+        <v>946</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>556</v>
+        <v>140</v>
       </c>
       <c r="D242" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="E242" t="s">
-        <v>894</v>
+        <v>857</v>
       </c>
       <c r="F242" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>931</v>
+        <v>947</v>
       </c>
       <c r="H242" t="s">
-        <v>932</v>
+        <v>948</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>933</v>
+        <v>949</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>560</v>
+        <v>144</v>
       </c>
       <c r="D243" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="E243" t="s">
-        <v>894</v>
+        <v>857</v>
       </c>
       <c r="F243" t="s">
-        <v>52</v>
+        <v>133</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>934</v>
+        <v>950</v>
       </c>
       <c r="H243" t="s">
-        <v>935</v>
+        <v>951</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>936</v>
+        <v>952</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>563</v>
+        <v>148</v>
       </c>
       <c r="D244" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="E244" t="s">
-        <v>894</v>
+        <v>857</v>
       </c>
       <c r="F244" t="s">
-        <v>177</v>
+        <v>77</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>937</v>
+        <v>953</v>
       </c>
       <c r="H244" t="s">
-        <v>938</v>
+        <v>954</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>939</v>
+        <v>955</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>567</v>
+        <v>152</v>
       </c>
       <c r="D245" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="E245" t="s">
-        <v>894</v>
+        <v>857</v>
       </c>
       <c r="F245" t="s">
-        <v>210</v>
+        <v>35</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>940</v>
+        <v>956</v>
       </c>
       <c r="H245" t="s">
-        <v>941</v>
+        <v>957</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>942</v>
+        <v>958</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>571</v>
+        <v>156</v>
       </c>
       <c r="D246" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="E246" t="s">
-        <v>894</v>
+        <v>857</v>
       </c>
       <c r="F246" t="s">
-        <v>210</v>
+        <v>35</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>943</v>
+        <v>959</v>
       </c>
       <c r="H246" t="s">
-        <v>944</v>
+        <v>960</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>945</v>
+        <v>961</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>574</v>
+        <v>160</v>
       </c>
       <c r="D247" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="E247" t="s">
-        <v>894</v>
+        <v>857</v>
       </c>
       <c r="F247" t="s">
-        <v>107</v>
+        <v>35</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>946</v>
+        <v>962</v>
       </c>
       <c r="H247" t="s">
-        <v>947</v>
+        <v>963</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>948</v>
+        <v>964</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>578</v>
+        <v>164</v>
       </c>
       <c r="D248" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="E248" t="s">
-        <v>894</v>
+        <v>857</v>
       </c>
       <c r="F248" t="s">
-        <v>335</v>
+        <v>13</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>949</v>
+        <v>965</v>
       </c>
       <c r="H248" t="s">
-        <v>950</v>
+        <v>966</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>951</v>
+        <v>967</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>582</v>
+        <v>168</v>
       </c>
       <c r="D249" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="E249" t="s">
-        <v>894</v>
+        <v>857</v>
       </c>
       <c r="F249" t="s">
-        <v>247</v>
+        <v>94</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>95</v>
+        <v>968</v>
       </c>
       <c r="H249" t="s">
-        <v>952</v>
+        <v>969</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>953</v>
+        <v>970</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>593</v>
+        <v>172</v>
       </c>
       <c r="D250" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="E250" t="s">
-        <v>894</v>
+        <v>857</v>
       </c>
       <c r="F250" t="s">
-        <v>247</v>
+        <v>455</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>954</v>
+        <v>971</v>
       </c>
       <c r="H250" t="s">
-        <v>955</v>
+        <v>972</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>956</v>
+        <v>973</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>586</v>
+        <v>176</v>
       </c>
       <c r="D251" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="E251" t="s">
-        <v>894</v>
+        <v>857</v>
       </c>
       <c r="F251" t="s">
         <v>13</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>957</v>
+        <v>974</v>
       </c>
       <c r="H251" t="s">
-        <v>958</v>
+        <v>975</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>959</v>
+        <v>976</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>589</v>
+        <v>181</v>
       </c>
       <c r="D252" t="s">
-        <v>893</v>
+        <v>856</v>
       </c>
       <c r="E252" t="s">
-        <v>894</v>
+        <v>857</v>
       </c>
       <c r="F252" t="s">
         <v>13</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>960</v>
+        <v>977</v>
       </c>
       <c r="H252" t="s">
-        <v>961</v>
+        <v>978</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>962</v>
+        <v>979</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>597</v>
+        <v>509</v>
       </c>
       <c r="D253" t="s">
-        <v>893</v>
+        <v>980</v>
       </c>
       <c r="E253" t="s">
-        <v>894</v>
+        <v>981</v>
       </c>
       <c r="F253" t="s">
-        <v>177</v>
+        <v>35</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>963</v>
+        <v>982</v>
       </c>
       <c r="H253" t="s">
-        <v>964</v>
+        <v>983</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>965</v>
+        <v>984</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>601</v>
+        <v>513</v>
       </c>
       <c r="D254" t="s">
-        <v>893</v>
+        <v>980</v>
       </c>
       <c r="E254" t="s">
-        <v>894</v>
+        <v>981</v>
       </c>
       <c r="F254" t="s">
-        <v>455</v>
+        <v>35</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>966</v>
+        <v>985</v>
       </c>
       <c r="H254" t="s">
-        <v>967</v>
+        <v>986</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>968</v>
+        <v>987</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>605</v>
+        <v>517</v>
       </c>
       <c r="D255" t="s">
-        <v>893</v>
+        <v>980</v>
       </c>
       <c r="E255" t="s">
-        <v>894</v>
+        <v>981</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>95</v>
+        <v>988</v>
       </c>
       <c r="H255" t="s">
-        <v>969</v>
+        <v>989</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>970</v>
+        <v>990</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>609</v>
+        <v>521</v>
       </c>
       <c r="D256" t="s">
-        <v>893</v>
+        <v>980</v>
       </c>
       <c r="E256" t="s">
-        <v>894</v>
+        <v>981</v>
+      </c>
+      <c r="F256" t="s">
+        <v>35</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>95</v>
+        <v>991</v>
       </c>
       <c r="H256" t="s">
-        <v>971</v>
+        <v>992</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>972</v>
+        <v>993</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>613</v>
+        <v>525</v>
       </c>
       <c r="D257" t="s">
-        <v>893</v>
+        <v>980</v>
       </c>
       <c r="E257" t="s">
-        <v>894</v>
+        <v>981</v>
+      </c>
+      <c r="F257" t="s">
+        <v>77</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>95</v>
+        <v>994</v>
       </c>
       <c r="H257" t="s">
-        <v>973</v>
+        <v>995</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>974</v>
+        <v>996</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>617</v>
+        <v>529</v>
       </c>
       <c r="D258" t="s">
-        <v>893</v>
+        <v>980</v>
       </c>
       <c r="E258" t="s">
-        <v>894</v>
+        <v>981</v>
+      </c>
+      <c r="F258" t="s">
+        <v>177</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>95</v>
+        <v>997</v>
       </c>
       <c r="H258" t="s">
-        <v>975</v>
+        <v>998</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>976</v>
+        <v>999</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>621</v>
+        <v>533</v>
       </c>
       <c r="D259" t="s">
-        <v>893</v>
+        <v>980</v>
       </c>
       <c r="E259" t="s">
-        <v>894</v>
+        <v>981</v>
       </c>
       <c r="F259" t="s">
-        <v>177</v>
+        <v>77</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>977</v>
+        <v>1000</v>
       </c>
       <c r="H259" t="s">
-        <v>978</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>979</v>
+        <v>1002</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>625</v>
+        <v>537</v>
       </c>
       <c r="D260" t="s">
-        <v>893</v>
+        <v>980</v>
       </c>
       <c r="E260" t="s">
-        <v>894</v>
+        <v>981</v>
       </c>
       <c r="F260" t="s">
-        <v>177</v>
+        <v>13</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>980</v>
+        <v>1003</v>
       </c>
       <c r="H260" t="s">
-        <v>981</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>982</v>
+        <v>1005</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>629</v>
+        <v>541</v>
       </c>
       <c r="D261" t="s">
-        <v>893</v>
+        <v>980</v>
       </c>
       <c r="E261" t="s">
-        <v>894</v>
+        <v>981</v>
       </c>
       <c r="F261" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>983</v>
+        <v>1006</v>
       </c>
       <c r="H261" t="s">
-        <v>984</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>985</v>
+        <v>1008</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>633</v>
+        <v>544</v>
       </c>
       <c r="D262" t="s">
-        <v>893</v>
+        <v>980</v>
       </c>
       <c r="E262" t="s">
-        <v>894</v>
+        <v>981</v>
       </c>
       <c r="F262" t="s">
-        <v>94</v>
+        <v>116</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>986</v>
+        <v>1009</v>
       </c>
       <c r="H262" t="s">
-        <v>987</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>988</v>
+        <v>1011</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>744</v>
+        <v>548</v>
       </c>
       <c r="D263" t="s">
-        <v>989</v>
+        <v>980</v>
       </c>
       <c r="E263" t="s">
-        <v>990</v>
+        <v>981</v>
       </c>
       <c r="F263" t="s">
-        <v>13</v>
+        <v>335</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>991</v>
+        <v>1012</v>
       </c>
       <c r="H263" t="s">
-        <v>992</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>993</v>
+        <v>1014</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>880</v>
+        <v>552</v>
       </c>
       <c r="D264" t="s">
-        <v>989</v>
+        <v>980</v>
       </c>
       <c r="E264" t="s">
-        <v>990</v>
+        <v>981</v>
       </c>
       <c r="F264" t="s">
-        <v>107</v>
+        <v>335</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>994</v>
+        <v>1015</v>
       </c>
       <c r="H264" t="s">
-        <v>995</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>996</v>
+        <v>1017</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>886</v>
+        <v>556</v>
       </c>
       <c r="D265" t="s">
-        <v>989</v>
+        <v>980</v>
       </c>
       <c r="E265" t="s">
-        <v>990</v>
+        <v>981</v>
       </c>
       <c r="F265" t="s">
-        <v>94</v>
+        <v>13</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>997</v>
+        <v>1018</v>
       </c>
       <c r="H265" t="s">
-        <v>998</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>999</v>
+        <v>1020</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>1000</v>
+        <v>560</v>
       </c>
       <c r="D266" t="s">
-        <v>989</v>
+        <v>980</v>
       </c>
       <c r="E266" t="s">
-        <v>990</v>
+        <v>981</v>
       </c>
       <c r="F266" t="s">
-        <v>177</v>
+        <v>52</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>1001</v>
+        <v>1021</v>
       </c>
       <c r="H266" t="s">
-        <v>1002</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>1003</v>
+        <v>1023</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>764</v>
+        <v>563</v>
       </c>
       <c r="D267" t="s">
-        <v>989</v>
+        <v>980</v>
       </c>
       <c r="E267" t="s">
-        <v>990</v>
+        <v>981</v>
       </c>
       <c r="F267" t="s">
-        <v>94</v>
+        <v>177</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>1004</v>
+        <v>1024</v>
       </c>
       <c r="H267" t="s">
-        <v>1005</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>1006</v>
+        <v>1026</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>768</v>
+        <v>567</v>
       </c>
       <c r="D268" t="s">
-        <v>989</v>
+        <v>980</v>
       </c>
       <c r="E268" t="s">
-        <v>990</v>
+        <v>981</v>
       </c>
       <c r="F268" t="s">
-        <v>77</v>
+        <v>210</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>1007</v>
+        <v>1027</v>
       </c>
       <c r="H268" t="s">
-        <v>1008</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>1009</v>
+        <v>1029</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>772</v>
+        <v>571</v>
       </c>
       <c r="D269" t="s">
-        <v>989</v>
+        <v>980</v>
       </c>
       <c r="E269" t="s">
-        <v>990</v>
+        <v>981</v>
       </c>
       <c r="F269" t="s">
-        <v>1010</v>
+        <v>210</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>1011</v>
+        <v>1030</v>
       </c>
       <c r="H269" t="s">
-        <v>1012</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>1013</v>
+        <v>1032</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>776</v>
+        <v>574</v>
       </c>
       <c r="D270" t="s">
-        <v>989</v>
+        <v>980</v>
       </c>
       <c r="E270" t="s">
-        <v>990</v>
+        <v>981</v>
       </c>
       <c r="F270" t="s">
-        <v>1010</v>
+        <v>107</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>1014</v>
+        <v>1033</v>
       </c>
       <c r="H270" t="s">
-        <v>1015</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>1016</v>
+        <v>1035</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>889</v>
+        <v>578</v>
       </c>
       <c r="D271" t="s">
-        <v>989</v>
+        <v>980</v>
       </c>
       <c r="E271" t="s">
-        <v>990</v>
+        <v>981</v>
       </c>
       <c r="F271" t="s">
-        <v>1010</v>
+        <v>335</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>1017</v>
+        <v>1036</v>
       </c>
       <c r="H271" t="s">
-        <v>1018</v>
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="272" spans="1:8">
+      <c r="A272" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B272" t="s">
+        <v>9</v>
+      </c>
+      <c r="C272" t="s">
+        <v>582</v>
+      </c>
+      <c r="D272" t="s">
+        <v>980</v>
+      </c>
+      <c r="E272" t="s">
+        <v>981</v>
+      </c>
+      <c r="F272" t="s">
+        <v>247</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="H272" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8">
+      <c r="A273" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B273" t="s">
+        <v>9</v>
+      </c>
+      <c r="C273" t="s">
+        <v>593</v>
+      </c>
+      <c r="D273" t="s">
+        <v>980</v>
+      </c>
+      <c r="E273" t="s">
+        <v>981</v>
+      </c>
+      <c r="F273" t="s">
+        <v>247</v>
+      </c>
+      <c r="G273" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="H273" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8">
+      <c r="A274" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B274" t="s">
+        <v>9</v>
+      </c>
+      <c r="C274" t="s">
+        <v>586</v>
+      </c>
+      <c r="D274" t="s">
+        <v>980</v>
+      </c>
+      <c r="E274" t="s">
+        <v>981</v>
+      </c>
+      <c r="F274" t="s">
+        <v>13</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>1044</v>
+      </c>
+      <c r="H274" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8">
+      <c r="A275" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B275" t="s">
+        <v>9</v>
+      </c>
+      <c r="C275" t="s">
+        <v>589</v>
+      </c>
+      <c r="D275" t="s">
+        <v>980</v>
+      </c>
+      <c r="E275" t="s">
+        <v>981</v>
+      </c>
+      <c r="F275" t="s">
+        <v>13</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>1047</v>
+      </c>
+      <c r="H275" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8">
+      <c r="A276" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B276" t="s">
+        <v>9</v>
+      </c>
+      <c r="C276" t="s">
+        <v>597</v>
+      </c>
+      <c r="D276" t="s">
+        <v>980</v>
+      </c>
+      <c r="E276" t="s">
+        <v>981</v>
+      </c>
+      <c r="F276" t="s">
+        <v>177</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="H276" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8">
+      <c r="A277" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B277" t="s">
+        <v>9</v>
+      </c>
+      <c r="C277" t="s">
+        <v>601</v>
+      </c>
+      <c r="D277" t="s">
+        <v>980</v>
+      </c>
+      <c r="E277" t="s">
+        <v>981</v>
+      </c>
+      <c r="F277" t="s">
+        <v>455</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="H277" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8">
+      <c r="A278" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B278" t="s">
+        <v>9</v>
+      </c>
+      <c r="C278" t="s">
+        <v>605</v>
+      </c>
+      <c r="D278" t="s">
+        <v>980</v>
+      </c>
+      <c r="E278" t="s">
+        <v>981</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="H278" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8">
+      <c r="A279" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B279" t="s">
+        <v>9</v>
+      </c>
+      <c r="C279" t="s">
+        <v>609</v>
+      </c>
+      <c r="D279" t="s">
+        <v>980</v>
+      </c>
+      <c r="E279" t="s">
+        <v>981</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="H279" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8">
+      <c r="A280" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B280" t="s">
+        <v>9</v>
+      </c>
+      <c r="C280" t="s">
+        <v>613</v>
+      </c>
+      <c r="D280" t="s">
+        <v>980</v>
+      </c>
+      <c r="E280" t="s">
+        <v>981</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="H280" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8">
+      <c r="A281" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B281" t="s">
+        <v>9</v>
+      </c>
+      <c r="C281" t="s">
+        <v>617</v>
+      </c>
+      <c r="D281" t="s">
+        <v>980</v>
+      </c>
+      <c r="E281" t="s">
+        <v>981</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="H281" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B282" t="s">
+        <v>9</v>
+      </c>
+      <c r="C282" t="s">
+        <v>621</v>
+      </c>
+      <c r="D282" t="s">
+        <v>980</v>
+      </c>
+      <c r="E282" t="s">
+        <v>981</v>
+      </c>
+      <c r="F282" t="s">
+        <v>177</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>1064</v>
+      </c>
+      <c r="H282" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8">
+      <c r="A283" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B283" t="s">
+        <v>9</v>
+      </c>
+      <c r="C283" t="s">
+        <v>625</v>
+      </c>
+      <c r="D283" t="s">
+        <v>980</v>
+      </c>
+      <c r="E283" t="s">
+        <v>981</v>
+      </c>
+      <c r="F283" t="s">
+        <v>177</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>1067</v>
+      </c>
+      <c r="H283" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8">
+      <c r="A284" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B284" t="s">
+        <v>9</v>
+      </c>
+      <c r="C284" t="s">
+        <v>629</v>
+      </c>
+      <c r="D284" t="s">
+        <v>980</v>
+      </c>
+      <c r="E284" t="s">
+        <v>981</v>
+      </c>
+      <c r="F284" t="s">
+        <v>107</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>1070</v>
+      </c>
+      <c r="H284" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8">
+      <c r="A285" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B285" t="s">
+        <v>9</v>
+      </c>
+      <c r="C285" t="s">
+        <v>633</v>
+      </c>
+      <c r="D285" t="s">
+        <v>980</v>
+      </c>
+      <c r="E285" t="s">
+        <v>981</v>
+      </c>
+      <c r="F285" t="s">
+        <v>94</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>1073</v>
+      </c>
+      <c r="H285" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8">
+      <c r="A286" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B286" t="s">
+        <v>9</v>
+      </c>
+      <c r="C286" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D286" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E286" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F286" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>1079</v>
+      </c>
+      <c r="H286" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8">
+      <c r="A287" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B287" t="s">
+        <v>9</v>
+      </c>
+      <c r="C287" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D287" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E287" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F287" t="s">
+        <v>177</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>1082</v>
+      </c>
+      <c r="H287" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8">
+      <c r="A288" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B288" t="s">
+        <v>9</v>
+      </c>
+      <c r="C288" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D288" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E288" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F288" t="s">
+        <v>335</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>1085</v>
+      </c>
+      <c r="H288" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8">
+      <c r="A289" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D289" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E289" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F289" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="H289" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8">
+      <c r="A290" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B290" t="s">
+        <v>9</v>
+      </c>
+      <c r="C290" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D290" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E290" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F290" t="s">
+        <v>52</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>1091</v>
+      </c>
+      <c r="H290" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="291" spans="1:8">
+      <c r="A291" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B291" t="s">
+        <v>9</v>
+      </c>
+      <c r="C291" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D291" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E291" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F291" t="s">
+        <v>177</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>1094</v>
+      </c>
+      <c r="H291" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8">
+      <c r="A292" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B292" t="s">
+        <v>9</v>
+      </c>
+      <c r="C292" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D292" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E292" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F292" t="s">
+        <v>210</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>1097</v>
+      </c>
+      <c r="H292" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="293" spans="1:8">
+      <c r="A293" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B293" t="s">
+        <v>9</v>
+      </c>
+      <c r="C293" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D293" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E293" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F293" t="s">
+        <v>94</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>1100</v>
+      </c>
+      <c r="H293" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="294" spans="1:8">
+      <c r="A294" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B294" t="s">
+        <v>9</v>
+      </c>
+      <c r="C294" t="s">
+        <v>733</v>
+      </c>
+      <c r="D294" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E294" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F294" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>1103</v>
+      </c>
+      <c r="H294" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8">
+      <c r="A295" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B295" t="s">
+        <v>9</v>
+      </c>
+      <c r="C295" t="s">
+        <v>740</v>
+      </c>
+      <c r="D295" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E295" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F295" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>1106</v>
+      </c>
+      <c r="H295" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8">
+      <c r="A296" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B296" t="s">
+        <v>9</v>
+      </c>
+      <c r="C296" t="s">
+        <v>937</v>
+      </c>
+      <c r="D296" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E296" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F296" t="s">
+        <v>177</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="H296" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8">
+      <c r="A297" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B297" t="s">
+        <v>9</v>
+      </c>
+      <c r="C297" t="s">
+        <v>940</v>
+      </c>
+      <c r="D297" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E297" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F297" t="s">
+        <v>177</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>1112</v>
+      </c>
+      <c r="H297" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="298" spans="1:8">
+      <c r="A298" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B298" t="s">
+        <v>9</v>
+      </c>
+      <c r="C298" t="s">
+        <v>934</v>
+      </c>
+      <c r="D298" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E298" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F298" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G298" s="1" t="s">
+        <v>1115</v>
+      </c>
+      <c r="H298" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="299" spans="1:8">
+      <c r="A299" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B299" t="s">
+        <v>9</v>
+      </c>
+      <c r="C299" t="s">
+        <v>946</v>
+      </c>
+      <c r="D299" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E299" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F299" t="s">
+        <v>1118</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="H299" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="300" spans="1:8">
+      <c r="A300" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B300" t="s">
+        <v>9</v>
+      </c>
+      <c r="C300" t="s">
+        <v>744</v>
+      </c>
+      <c r="D300" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E300" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F300" t="s">
+        <v>13</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>1122</v>
+      </c>
+      <c r="H300" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="301" spans="1:8">
+      <c r="A301" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B301" t="s">
+        <v>9</v>
+      </c>
+      <c r="C301" t="s">
+        <v>752</v>
+      </c>
+      <c r="D301" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E301" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F301" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G301" s="1" t="s">
+        <v>1125</v>
+      </c>
+      <c r="H301" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="302" spans="1:8">
+      <c r="A302" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B302" t="s">
+        <v>9</v>
+      </c>
+      <c r="C302" t="s">
+        <v>949</v>
+      </c>
+      <c r="D302" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E302" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F302" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>1128</v>
+      </c>
+      <c r="H302" t="s">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="303" spans="1:8">
+      <c r="A303" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B303" t="s">
+        <v>9</v>
+      </c>
+      <c r="C303" t="s">
+        <v>955</v>
+      </c>
+      <c r="D303" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E303" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F303" t="s">
+        <v>107</v>
+      </c>
+      <c r="G303" s="1" t="s">
+        <v>1131</v>
+      </c>
+      <c r="H303" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="304" spans="1:8">
+      <c r="A304" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B304" t="s">
+        <v>9</v>
+      </c>
+      <c r="C304" t="s">
+        <v>961</v>
+      </c>
+      <c r="D304" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E304" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F304" t="s">
+        <v>94</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>1134</v>
+      </c>
+      <c r="H304" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="305" spans="1:8">
+      <c r="A305" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B305" t="s">
+        <v>9</v>
+      </c>
+      <c r="C305" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D305" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E305" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F305" t="s">
+        <v>116</v>
+      </c>
+      <c r="G305" s="1" t="s">
+        <v>1138</v>
+      </c>
+      <c r="H305" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="306" spans="1:8">
+      <c r="A306" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B306" t="s">
+        <v>9</v>
+      </c>
+      <c r="C306" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D306" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E306" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F306" t="s">
+        <v>177</v>
+      </c>
+      <c r="G306" s="1" t="s">
+        <v>1142</v>
+      </c>
+      <c r="H306" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="307" spans="1:8">
+      <c r="A307" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B307" t="s">
+        <v>9</v>
+      </c>
+      <c r="C307" t="s">
+        <v>764</v>
+      </c>
+      <c r="D307" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E307" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F307" t="s">
+        <v>94</v>
+      </c>
+      <c r="G307" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="H307" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="308" spans="1:8">
+      <c r="A308" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B308" t="s">
+        <v>9</v>
+      </c>
+      <c r="C308" t="s">
+        <v>768</v>
+      </c>
+      <c r="D308" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E308" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F308" t="s">
+        <v>77</v>
+      </c>
+      <c r="G308" s="1" t="s">
+        <v>1147</v>
+      </c>
+      <c r="H308" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="309" spans="1:8">
+      <c r="A309" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B309" t="s">
+        <v>9</v>
+      </c>
+      <c r="C309" t="s">
+        <v>772</v>
+      </c>
+      <c r="D309" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E309" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F309" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G309" s="1" t="s">
+        <v>1150</v>
+      </c>
+      <c r="H309" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="310" spans="1:8">
+      <c r="A310" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B310" t="s">
+        <v>9</v>
+      </c>
+      <c r="C310" t="s">
+        <v>776</v>
+      </c>
+      <c r="D310" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E310" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F310" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G310" s="1" t="s">
+        <v>1153</v>
+      </c>
+      <c r="H310" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="311" spans="1:8">
+      <c r="A311" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B311" t="s">
+        <v>9</v>
+      </c>
+      <c r="C311" t="s">
+        <v>964</v>
+      </c>
+      <c r="D311" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E311" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F311" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G311" s="1" t="s">
+        <v>1156</v>
+      </c>
+      <c r="H311" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="312" spans="1:8">
+      <c r="A312" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B312" t="s">
+        <v>9</v>
+      </c>
+      <c r="C312" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D312" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E312" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F312" t="s">
+        <v>94</v>
+      </c>
+      <c r="G312" s="1" t="s">
+        <v>1159</v>
+      </c>
+      <c r="H312" t="s">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="313" spans="1:8">
+      <c r="A313" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B313" t="s">
+        <v>9</v>
+      </c>
+      <c r="C313" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D313" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E313" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F313" t="s">
+        <v>107</v>
+      </c>
+      <c r="G313" s="1" t="s">
+        <v>1163</v>
+      </c>
+      <c r="H313" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="314" spans="1:8">
+      <c r="A314" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B314" t="s">
+        <v>9</v>
+      </c>
+      <c r="C314" t="s">
+        <v>967</v>
+      </c>
+      <c r="D314" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E314" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F314" t="s">
+        <v>13</v>
+      </c>
+      <c r="G314" s="1" t="s">
+        <v>1166</v>
+      </c>
+      <c r="H314" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="315" spans="1:8">
+      <c r="A315" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B315" t="s">
+        <v>9</v>
+      </c>
+      <c r="C315" t="s">
+        <v>780</v>
+      </c>
+      <c r="D315" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E315" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F315" t="s">
+        <v>107</v>
+      </c>
+      <c r="G315" s="1" t="s">
+        <v>1169</v>
+      </c>
+      <c r="H315" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="316" spans="1:8">
+      <c r="A316" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B316" t="s">
+        <v>9</v>
+      </c>
+      <c r="C316" t="s">
+        <v>788</v>
+      </c>
+      <c r="D316" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E316" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F316" t="s">
+        <v>177</v>
+      </c>
+      <c r="G316" s="1" t="s">
+        <v>1172</v>
+      </c>
+      <c r="H316" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8">
+      <c r="A317" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B317" t="s">
+        <v>9</v>
+      </c>
+      <c r="C317" t="s">
+        <v>792</v>
+      </c>
+      <c r="D317" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E317" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F317" t="s">
+        <v>116</v>
+      </c>
+      <c r="G317" s="1" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H317" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8">
+      <c r="A318" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B318" t="s">
+        <v>9</v>
+      </c>
+      <c r="C318" t="s">
+        <v>796</v>
+      </c>
+      <c r="D318" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E318" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F318" t="s">
+        <v>77</v>
+      </c>
+      <c r="G318" s="1" t="s">
+        <v>1178</v>
+      </c>
+      <c r="H318" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="319" spans="1:8">
+      <c r="A319" t="s">
+        <v>1180</v>
+      </c>
+      <c r="B319" t="s">
+        <v>9</v>
+      </c>
+      <c r="C319" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D319" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E319" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F319" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G319" s="1" t="s">
+        <v>1182</v>
+      </c>
+      <c r="H319" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8">
+      <c r="A320" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B320" t="s">
+        <v>9</v>
+      </c>
+      <c r="C320" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D320" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E320" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F320" t="s">
+        <v>210</v>
+      </c>
+      <c r="G320" s="1" t="s">
+        <v>1186</v>
+      </c>
+      <c r="H320" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B321" t="s">
+        <v>9</v>
+      </c>
+      <c r="C321" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D321" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E321" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F321" t="s">
+        <v>455</v>
+      </c>
+      <c r="G321" s="1" t="s">
+        <v>1190</v>
+      </c>
+      <c r="H321" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8">
+      <c r="A322" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B322" t="s">
+        <v>9</v>
+      </c>
+      <c r="C322" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D322" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E322" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F322" t="s">
+        <v>177</v>
+      </c>
+      <c r="G322" s="1" t="s">
+        <v>1194</v>
+      </c>
+      <c r="H322" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8">
+      <c r="A323" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B323" t="s">
+        <v>9</v>
+      </c>
+      <c r="C323" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D323" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E323" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F323" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G323" s="1" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H323" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8">
+      <c r="A324" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B324" t="s">
+        <v>9</v>
+      </c>
+      <c r="C324" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D324" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E324" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F324" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G324" s="1" t="s">
+        <v>1202</v>
+      </c>
+      <c r="H324" t="s">
+        <v>1203</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8">
+      <c r="A325" t="s">
+        <v>1204</v>
+      </c>
+      <c r="B325" t="s">
+        <v>9</v>
+      </c>
+      <c r="C325" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D325" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E325" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F325" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G325" s="1" t="s">
+        <v>1206</v>
+      </c>
+      <c r="H325" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8">
+      <c r="A326" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B326" t="s">
+        <v>9</v>
+      </c>
+      <c r="C326" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D326" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E326" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F326" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G326" s="1" t="s">
+        <v>1210</v>
+      </c>
+      <c r="H326" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="327" spans="1:8">
+      <c r="A327" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B327" t="s">
+        <v>9</v>
+      </c>
+      <c r="C327" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D327" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E327" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F327" t="s">
+        <v>1214</v>
+      </c>
+      <c r="G327" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="H327" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8">
+      <c r="A328" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B328" t="s">
+        <v>9</v>
+      </c>
+      <c r="C328" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D328" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E328" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F328" t="s">
+        <v>210</v>
+      </c>
+      <c r="G328" s="1" t="s">
+        <v>1219</v>
+      </c>
+      <c r="H328" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="329" spans="1:8">
+      <c r="A329" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B329" t="s">
+        <v>9</v>
+      </c>
+      <c r="C329" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D329" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E329" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F329" t="s">
+        <v>77</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>1223</v>
+      </c>
+      <c r="H329" t="s">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8">
+      <c r="A330" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B330" t="s">
+        <v>9</v>
+      </c>
+      <c r="C330" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D330" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E330" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F330" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G330" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="H330" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="331" spans="1:8">
+      <c r="A331" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B331" t="s">
+        <v>9</v>
+      </c>
+      <c r="C331" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D331" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E331" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F331" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>1231</v>
+      </c>
+      <c r="H331" t="s">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="332" spans="1:8">
+      <c r="A332" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B332" t="s">
+        <v>9</v>
+      </c>
+      <c r="C332" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D332" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E332" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F332" t="s">
+        <v>107</v>
+      </c>
+      <c r="G332" s="1" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H332" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8">
+      <c r="A333" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B333" t="s">
+        <v>9</v>
+      </c>
+      <c r="C333" t="s">
+        <v>808</v>
+      </c>
+      <c r="D333" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E333" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F333" t="s">
+        <v>107</v>
+      </c>
+      <c r="G333" s="1" t="s">
+        <v>1237</v>
+      </c>
+      <c r="H333" t="s">
+        <v>1238</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8">
+      <c r="A334" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B334" t="s">
+        <v>9</v>
+      </c>
+      <c r="C334" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D334" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E334" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F334" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G334" s="1" t="s">
+        <v>1240</v>
+      </c>
+      <c r="H334" t="s">
+        <v>1241</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8">
+      <c r="A335" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B335" t="s">
+        <v>9</v>
+      </c>
+      <c r="C335" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D335" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E335" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F335" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G335" s="1" t="s">
+        <v>1244</v>
+      </c>
+      <c r="H335" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8">
+      <c r="A336" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B336" t="s">
+        <v>9</v>
+      </c>
+      <c r="C336" t="s">
+        <v>970</v>
+      </c>
+      <c r="D336" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E336" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F336" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>1247</v>
+      </c>
+      <c r="H336" t="s">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8">
+      <c r="A337" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B337" t="s">
+        <v>9</v>
+      </c>
+      <c r="C337" t="s">
+        <v>10</v>
+      </c>
+      <c r="D337" t="s">
+        <v>1250</v>
+      </c>
+      <c r="E337" t="s">
+        <v>1251</v>
+      </c>
+      <c r="F337" t="s">
+        <v>1078</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>1252</v>
+      </c>
+      <c r="H337" t="s">
+        <v>1253</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -10751,50 +13173,116 @@
     <hyperlink ref="G247" r:id="rId246"/>
     <hyperlink ref="G248" r:id="rId247"/>
     <hyperlink ref="G249" r:id="rId248"/>
     <hyperlink ref="G250" r:id="rId249"/>
     <hyperlink ref="G251" r:id="rId250"/>
     <hyperlink ref="G252" r:id="rId251"/>
     <hyperlink ref="G253" r:id="rId252"/>
     <hyperlink ref="G254" r:id="rId253"/>
     <hyperlink ref="G255" r:id="rId254"/>
     <hyperlink ref="G256" r:id="rId255"/>
     <hyperlink ref="G257" r:id="rId256"/>
     <hyperlink ref="G258" r:id="rId257"/>
     <hyperlink ref="G259" r:id="rId258"/>
     <hyperlink ref="G260" r:id="rId259"/>
     <hyperlink ref="G261" r:id="rId260"/>
     <hyperlink ref="G262" r:id="rId261"/>
     <hyperlink ref="G263" r:id="rId262"/>
     <hyperlink ref="G264" r:id="rId263"/>
     <hyperlink ref="G265" r:id="rId264"/>
     <hyperlink ref="G266" r:id="rId265"/>
     <hyperlink ref="G267" r:id="rId266"/>
     <hyperlink ref="G268" r:id="rId267"/>
     <hyperlink ref="G269" r:id="rId268"/>
     <hyperlink ref="G270" r:id="rId269"/>
     <hyperlink ref="G271" r:id="rId270"/>
+    <hyperlink ref="G272" r:id="rId271"/>
+    <hyperlink ref="G273" r:id="rId272"/>
+    <hyperlink ref="G274" r:id="rId273"/>
+    <hyperlink ref="G275" r:id="rId274"/>
+    <hyperlink ref="G276" r:id="rId275"/>
+    <hyperlink ref="G277" r:id="rId276"/>
+    <hyperlink ref="G278" r:id="rId277"/>
+    <hyperlink ref="G279" r:id="rId278"/>
+    <hyperlink ref="G280" r:id="rId279"/>
+    <hyperlink ref="G281" r:id="rId280"/>
+    <hyperlink ref="G282" r:id="rId281"/>
+    <hyperlink ref="G283" r:id="rId282"/>
+    <hyperlink ref="G284" r:id="rId283"/>
+    <hyperlink ref="G285" r:id="rId284"/>
+    <hyperlink ref="G286" r:id="rId285"/>
+    <hyperlink ref="G287" r:id="rId286"/>
+    <hyperlink ref="G288" r:id="rId287"/>
+    <hyperlink ref="G289" r:id="rId288"/>
+    <hyperlink ref="G290" r:id="rId289"/>
+    <hyperlink ref="G291" r:id="rId290"/>
+    <hyperlink ref="G292" r:id="rId291"/>
+    <hyperlink ref="G293" r:id="rId292"/>
+    <hyperlink ref="G294" r:id="rId293"/>
+    <hyperlink ref="G295" r:id="rId294"/>
+    <hyperlink ref="G296" r:id="rId295"/>
+    <hyperlink ref="G297" r:id="rId296"/>
+    <hyperlink ref="G298" r:id="rId297"/>
+    <hyperlink ref="G299" r:id="rId298"/>
+    <hyperlink ref="G300" r:id="rId299"/>
+    <hyperlink ref="G301" r:id="rId300"/>
+    <hyperlink ref="G302" r:id="rId301"/>
+    <hyperlink ref="G303" r:id="rId302"/>
+    <hyperlink ref="G304" r:id="rId303"/>
+    <hyperlink ref="G305" r:id="rId304"/>
+    <hyperlink ref="G306" r:id="rId305"/>
+    <hyperlink ref="G307" r:id="rId306"/>
+    <hyperlink ref="G308" r:id="rId307"/>
+    <hyperlink ref="G309" r:id="rId308"/>
+    <hyperlink ref="G310" r:id="rId309"/>
+    <hyperlink ref="G311" r:id="rId310"/>
+    <hyperlink ref="G312" r:id="rId311"/>
+    <hyperlink ref="G313" r:id="rId312"/>
+    <hyperlink ref="G314" r:id="rId313"/>
+    <hyperlink ref="G315" r:id="rId314"/>
+    <hyperlink ref="G316" r:id="rId315"/>
+    <hyperlink ref="G317" r:id="rId316"/>
+    <hyperlink ref="G318" r:id="rId317"/>
+    <hyperlink ref="G319" r:id="rId318"/>
+    <hyperlink ref="G320" r:id="rId319"/>
+    <hyperlink ref="G321" r:id="rId320"/>
+    <hyperlink ref="G322" r:id="rId321"/>
+    <hyperlink ref="G323" r:id="rId322"/>
+    <hyperlink ref="G324" r:id="rId323"/>
+    <hyperlink ref="G325" r:id="rId324"/>
+    <hyperlink ref="G326" r:id="rId325"/>
+    <hyperlink ref="G327" r:id="rId326"/>
+    <hyperlink ref="G328" r:id="rId327"/>
+    <hyperlink ref="G329" r:id="rId328"/>
+    <hyperlink ref="G330" r:id="rId329"/>
+    <hyperlink ref="G331" r:id="rId330"/>
+    <hyperlink ref="G332" r:id="rId331"/>
+    <hyperlink ref="G333" r:id="rId332"/>
+    <hyperlink ref="G334" r:id="rId333"/>
+    <hyperlink ref="G335" r:id="rId334"/>
+    <hyperlink ref="G336" r:id="rId335"/>
+    <hyperlink ref="G337" r:id="rId336"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>