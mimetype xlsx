--- v1 (2025-12-06)
+++ v2 (2026-01-28)
@@ -10,83 +10,101 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2689" uniqueCount="1254">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2968" uniqueCount="1377">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>1255</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>EMD</t>
+  </si>
+  <si>
+    <t>Emenda</t>
+  </si>
+  <si>
+    <t>Mesa Diretora - MD</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1255/emenda_da_lei_organica.pdf</t>
+  </si>
+  <si>
+    <t>Promulga a emenda nº. 001/2025 de 07 de julho de 2025, cujo conteúdo faz parte integrante do presente ato de promulgação.</t>
+  </si>
+  <si>
     <t>885</t>
-  </si>
-[...4 lines deleted...]
-    <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Vereador Gustavo França</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/885/indicacao_n1.pdf</t>
   </si>
   <si>
     <t>Sugerir a redução da faixa não edificável localizadas ao longo de todas as rodovias do perímetro urbano municipal, de 15 (quinze) metros para 5 (cinco) metros.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Vereador Donizete</t>
   </si>
@@ -2203,50 +2221,62 @@
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1108/indicacao_no_177.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Senhor Prefeito Valtécio Aguiar, o calçamento da Rua Ana da Silva Bastos, localizada no bairro Prisco Viana, neste município.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1109/indicacao_no_178.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo Senhor Prefeito Valtécio Aguiar, a Reforma da Quadra do Povoado de Juazeiro, neste município.</t>
   </si>
   <si>
+    <t>1259</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1259/indicacao_no_179.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Srº. Prefeito Municipal, solicitando a manutenção da iluminação pública do Distrito de Brejinho das Ametistas e das comunidades do distrito - Caetité/BA.</t>
+  </si>
+  <si>
     <t>1110</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1110/indicacao_no_180.pdf</t>
   </si>
   <si>
     <t>Indica ao Sr'- Prefeito Municipal, determinar ao setor competente que proceda com a manutenção do calçamento e iluminação pública da Comunidade de Campinas, Distrito de Santa Luzia- Caetité/BA.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1134/indicacao_no_181.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal que seja realizada a limpeza da aguada pública na Comunidade de Santo Antônio do Tamboril, no município de Caetité.</t>
   </si>
   <si>
     <t>1135</t>
@@ -2595,50 +2625,122 @@
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1215/img20251124_12460247.pdf</t>
   </si>
   <si>
     <t>Álvaro Montenegro C. Oliveira, Vereador com assento neste Legislativo Municipal, indica ao Sr°. Prefeito Municipal, que seja realizada a instalação de braços e lâmpadas em postes da Comunidade de Anguá, neste Município.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1216/img20251125_11140629.pdf</t>
   </si>
   <si>
     <t>Álvaro Montenegro C. Oliveira, Vereador com assento neste Legislativo Municipal, indica ao Sr°. Prefeito Municipal, que seja realizada recuperação do trecho da estrada vicinal, iniciando na Lagoa dos Burros seguindo até a baixada do Senhor Benvindo, na Comunidade de Pedra Grande/Santa Luzia, com aplicação de Cascalho ou cacos de telhas, de acordo com a viabilidade técnica.</t>
   </si>
   <si>
+    <t>1254</t>
+  </si>
+  <si>
+    <t>213</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1254/img20251208_12031345.pdf</t>
+  </si>
+  <si>
+    <t>Álvaro Montenegro C. Oliveira, Vereador com assento neste Legislativo Municipal, indica ao Sr°. Prefeito Municipal, que seja realizada a manutenção com substituição das lâmpadas queimadas e instalação braço de luz em postes da Comunidade de Vargem do Sal/Maniaçu, neste Município.</t>
+  </si>
+  <si>
+    <t>1256</t>
+  </si>
+  <si>
+    <t>214</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1256/img20251215_11190345.pdf</t>
+  </si>
+  <si>
+    <t>Álvaro Montenegro C. Oliveira, Vereador com assento neste Legislativo Municipal, indica ao Sr°. Prefeito Municipal, que seja realizada recuperação de estradas, com aplicação de cascalho, nas Comunidades de Chapada, Tigre neste município de Caetité, até a divisa com o Município de Igaporã.</t>
+  </si>
+  <si>
+    <t>1257</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1257/img20251215_11142543.pdf</t>
+  </si>
+  <si>
+    <t>Álvaro Montenegro C. Oliveira, Vereador com assento neste Legislativo Municipal, indica ao Sr°. Prefeito Municipal, que seja realizada a manutenção com substituição das lâmpadas queimadas e instalação braço de luz em postes da Comunidade de Chapada/Caldeiras, neste Município.</t>
+  </si>
+  <si>
+    <t>1258</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1258/img20251215_11223358.pdf</t>
+  </si>
+  <si>
+    <t>Álvaro Montenegro C. Oliveira, Vereador com assento neste Legislativo Municipal, indica ao Sr°. Prefeito Municipal, a troca de lâmpadas queimadas e instalação de braços, de luz na Sede do Distrito de Caldeiras, neste Município.</t>
+  </si>
+  <si>
+    <t>1286</t>
+  </si>
+  <si>
+    <t>217</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1286/indicacao_no_217.pdf</t>
+  </si>
+  <si>
+    <t>Para que seja realizada recuperação de estradas, com aplicação de cascalho, nas Comunidades de Chapada, Tigre neste município de Caetité, até a divisa com o Município de Igaporã.</t>
+  </si>
+  <si>
+    <t>1287</t>
+  </si>
+  <si>
+    <t>218</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1287/indicacao_no_218.pdf</t>
+  </si>
+  <si>
+    <t>Indica a troca de lâmpadas queimadas e instalação de braços, de luz na Sede do Distrito de Caldeiras, neste Município.</t>
+  </si>
+  <si>
     <t>1040</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1040/mocao_de_pesar-olavo.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar à Família enlutada do senhor Olavo Pimentel, filho de Leonel Pimentel Filho e Maria do Carmo Pereira Pimentel. Olavo nasceu em 17 de outubro de 1922, na Comunidade de lnvernada, município de Caetité, onde cresceu em meio a natureza e aos valores da vida do campo.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1041/mocao_de_pesar-antonio_neves.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento de Antônio Neves de Oliveira' ocorrido na data de 28 de fevereiro de 2025, no Distrito de Pajeú dos Ventos, em nosso Município.</t>
   </si>
   <si>
     <t>1042</t>
@@ -2950,68 +3052,113 @@
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1163/mocao_de_pesar-nadir_monteiro.pdf</t>
   </si>
   <si>
     <t>Encaminha pesar pelo falecimento da caetiteense Nadir Monteiro Pires.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1167/mocao_de_apalusos-_paroquia_n.s.aparecida.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES Á PAROQUIA NOSSA SENHORA DA CONCEIÇÃO APARECIDA.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1198/mocao_igreja_menonita.pdf</t>
   </si>
   <si>
     <t>Faz inserir nos anais desta Casa Moção de Parabéns em Homenagem aos 25 anos da Igreja Evangelica Menonita Renovada em nossa cidade.</t>
   </si>
   <si>
-    <t>1205</t>
-[...7 lines deleted...]
-  <si>
     <t>1208</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1208/mocao_de_pesar_n05_-_maria_ana_da_silva_santos.docx</t>
   </si>
   <si>
     <t>Apresenta Moção de Pesar pelo falecimento de Maria Ana da Silva Santos, que veio a falecer no dia 10 de novembro de 2025, aqui em Caetité.</t>
   </si>
   <si>
+    <t>1260</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1260/mocao_de_pesar-_jorge_pereira_da_silva.pdf</t>
+  </si>
+  <si>
+    <t>Apresenta Moção de Pesar à Família enlutada do senhor Jorge Pereira da Silva, "Jorge de Arnalda", filho de Clemente Pereira da Silva e de Rosa Fausta de Jesus</t>
+  </si>
+  <si>
+    <t>1261</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1261/mocao_de_pesar_-sebastiao_fernandes_farias.pdf</t>
+  </si>
+  <si>
+    <t>Profundo pesar pelo falecimento do senhor Sebastião Fernandes Farias (Tião de Ercina). ocorrido em nossa cidade. Nascido em 26 de agosto 1953, faleceu no dia 29 de outubro de 2025.</t>
+  </si>
+  <si>
+    <t>1262</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1262/mocao_de_pesar-jose_ribamar.pdf</t>
+  </si>
+  <si>
+    <t>Pesar pelo falecimento do senhor José Ribamar, conhecido como Thoocrs, ocorrido em 27 de outubro de 2025</t>
+  </si>
+  <si>
+    <t>1263</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1263/mocao_pesar-_geraldino_vicente_custodio.pdf</t>
+  </si>
+  <si>
+    <t>Profundo pesar, condolências à família do Senhor Geraldino Vicente Custódio.</t>
+  </si>
+  <si>
+    <t>1264</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1264/mocao_de_parabens-cidade_de_igapora.pdf</t>
+  </si>
+  <si>
+    <t>Moção de parabéns a cidade de Igaporã, que comemorou dia 1º de setembro,65 (sessenta e cinco) anos de emancipação política e administrativa.</t>
+  </si>
+  <si>
+    <t>1288</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1288/mocao_de_aplausos-_joao_pedro_silva_teixeira.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos ao jovem João Pedro Silva Teixeira, filho de Gutemberg Teixeira e Jhoelma Dias, neto de Josias Jose da Silva (ex vereador desta Casa Legislativa nos períodos de 1977 a 1982; 1989 a I992), pela brilhante trajetória acadêmica e pelas expressivas conquistas nos concursos das Forças Armadas e em instituições de ensino superior. tomando-se motivo de orgulho para todo o povo caetiteense.</t>
+  </si>
+  <si>
     <t>1074</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1074/projeto_de_decreto_legislativo_no_1007.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Caetiteense ao Senhor Gilmar Santos de Araújo e dá outras providências</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1073/projeto_de_decreto_legislativo_no_1008.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Caetiteense ao Senhor Pascoal Ferreira Batista e dá outras providências.</t>
   </si>
   <si>
     <t>1075</t>
@@ -3256,50 +3403,95 @@
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1131/projeto_de_decreto_legislativo_no_1037-medalha_do_merito_anisio_teixeira-maria_de_fatima.pdf</t>
   </si>
   <si>
     <t>Concede Medalha de Mérito Anísio Teixeira para a Senhora Maria de Fátima Freire Dowbor e dá outras providências.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1132/projeto_de_decreto_legislativo_no_1038-titulo_cidada-elizete_andrade.pdf</t>
   </si>
   <si>
     <t>Concede Titulo de Cidadã Caetiteense a senhora Maria Elizete Farias Andrade e dá outras providências.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1133/projeto_de_decreto_legislativo_no_1039-titulo_de_cidadao-temistocles_rodrigues.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Caetiteense ao Senhor Temístocles Rodrigues Rosa e dá outras providências.</t>
   </si>
   <si>
+    <t>1265</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1265/projeto_de_decreto_legislativo_no_1040-delson_cardoso_oliveira.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão Caetiteense à Delson Cardoso Oliveira Souza e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1266</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1266/projeto_de_decreto_legislativo_no_1041-_giselle_quintao.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã Caetiteense à Giselle Ribeiro Quintão de Oliveira e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1267</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1267/projeto_de_decreto_legislativo_no_1042-_anita_silva_santana.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã Caetiteense à Anita Silva Santana e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1268</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1268/projeto_de_decreto_legislativo_no_1043-_silvia_maria_rodrigues.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadã Caetiteense a Senhora Silvia Maria Rodrigues Barbosa Lopes e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1269</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1269/projeto_de_decreto_legislativo_no_1044-milton_comatec.pdf</t>
+  </si>
+  <si>
+    <t>Confere Medalha Vereador César Ladeia ao empresário Milton dos Santos Rodrigues (Milton da COMATEC) e dá outras providências.</t>
+  </si>
+  <si>
     <t>1222</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>EXECUTIVO MUNICIPAL</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1222/projeto_de_lei_no1124-celebrar_convenio_com_areas_espicificas.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PREFEITO MUNICIPAL A CELEBRAR CONVÊNIOS NAS ÁREAS QUE ESPECIFICA, COM ENTIDADES PÚBLICAS DE QUALQUER ESPÉCIE, ORGANIZAÇÕES NÃO GOVERNAMENTATS E/OU PARTICULARES PARA A REAL]ZAÇÃO DE OBJETIVOS DE INTERESSE COMUM DOS PARTÍCIPES.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1223/projeto_de_lei_no1125-denominacao_de_rua_antonio_moreira.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Antônio Moreira Nunes, a uma das artérias do Bairro Prisco Viana em nosso Município e dá outras providências.</t>
@@ -3343,385 +3535,481 @@
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1228/projeto_de_lei_no1131-dispoe_sobre_o_transtorno_espectro_autista.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o direito da pessoa com Transtorno do Espectro Autista (TEA) ê outras deficiências cognitivas ao ingresso e permanência de seu acompanhante terapêutico nas instituições de ensino públicas e privadas do Município de Caetité/BA e dá outras providências.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1229/projeto_de_lei_no1133-_denominacao_da_rua_rafael_nascimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de 'Rua Rafael Nascimento' à atual Rua A, localizada no Bairro Prisco Viana, no município de Caetité, e dá outras providências</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1230/projeto_de_lei_no1135-alteracao_contrato_de_consorcios.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE A RATIFICAÇÃO OE ALTERAÇÃO DO CONTRATO DE CONSORCIO DO CONSORCIO PÚBLICO INTERFEDERATIVO DE SAÚDE DA REGÁO DO ALTO SERTÃO.</t>
+    <t>DISPÕE SOBRE A RATIFICAÇÃO E ALTERAÇÃO DO CONTRATO DE CONSÓRCIO DO CONSÓRCIO PÚBLICO INTERFEDERATIVO DE SAÚDE DA REGIÃO DO ALTO SERTÃO.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1231/projeto_de_lei_no1137-autoriza_o_poder_executivo_abrir_creditos.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir Crédito Especial no valor de R$ 1.000.000,00 (um milhão de reais) para fins que se especifica e dá outras providências.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1232/projeto_de_lei_no1138-denominacao_de_rua_eunice_batista.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Eunice Batista Santos a uma das artérias situada no Bairro Prisco Viana em nosso Município.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1233/projeto_de_lei_no1139-denominacao_da_via_urbana_rua_beija_flor.pdf</t>
   </si>
   <si>
     <t>Altera a denominação da via pública urbana denominada atualmente de Rua Beija Flor, localizada no Bairro Ovídio Teixeira em nosso município para Rua Mario do Doce.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1234/projeto_de_lei_no1140-cria_componetes_para_seguranca_alimentar_e_nutricional.pdf</t>
   </si>
   <si>
     <t>CRIA OS COMPONENTES MUNICIPAIS DO SISTEMA NACIONAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL, DEFINE OS PARÂMETROS PARA ELABORAÇÃO E IMPLEMENTAÇÁO DO PI.ANO MUNICIPAL DE SEGURANÇA ALIMENTAR E NUTRICIONAL E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>1285</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1285/projeto_de_lei_no_1141-dispoe_sobre_a_obrigatoriedade_de_remocao_e_organizacao_de_cabos_e_fios_inativos_ou_em_desuso_intalados_em_postes_no_municipio_de_caetite.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a obrigatoriedade de remoção e organização de cabos e fios inativos ou em desuso instalados em postes no município de Caetité e dá outras providências.</t>
+  </si>
+  <si>
     <t>1236</t>
   </si>
   <si>
     <t>Plenário - PLEN</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1236/projeto_de_lei_no1142-alteracao_da_estrutura_administrativa_da_camara.pdf</t>
   </si>
   <si>
     <t>Altera artigos da Leis nº 744/2013, de 1 de março de 2013, e nº 931, de 20 de junho de 2023, que dispõe sobre Estrutura Administrativa com o Respectivo plano de Cargos e Vencimentos dos Servidores da Câmara Municipal de Caetité Bahia, e dá outras providências.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1071/projeto_de_lei_no_1144.pdf</t>
   </si>
   <si>
-    <t>DISPOE SOBRE A CRIAÇAO DE NORMAS PARA EXPEDIÇAO DE RECEITAS  MEDICAS E ODONTOLÓGICAS DE FORMA LEGÍVEL E DA OUTRAS PROVIDÊNCIAS</t>
+    <t>DISPÕE SOBRE A CRIAÇÃO DE NORMAS PARA EXPEDIÇÃO DE RECEITAS  MÉDICAS E ODONTOLÓGICAS DE FORMA LEGÍVEL E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1237/projeto_de_lei_no1146-delimitacao_de_novos_bairros.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE NOVOS BAIRROS, DELIMITAÇÃO GEOGRÁFICA DOS EXISTENTES E DÁ OUTRAS PROVIDÊNCIAS,</t>
   </si>
   <si>
+    <t>1273</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1273/projeto_de_lei_no1148-lei_de_diretrizes_orcamentarias_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as Diretrizes Orçamentárias para o Exercício Financeiro de 2026 e dá outras providências.</t>
+  </si>
+  <si>
     <t>1238</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1238/projeto_de_lei_no1149-reajustes_dos_servidores.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE O REAJUSTE ANUAL DOS SERVIDORES PÚBLICOS DO MUNICIPIO DE CAETIÉ E DÁ OUTRAS PROUDÊNCNS,</t>
+    <t>DISPÕE SOBRE O REAJUSTE ANUAL DOS SERVIDORES PÚBLICOS DO MUNICIPIO DE CAETITÉ E DÁ OUTRAS PROVIDÊNCIAS,</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1098/projeto_de_lei_no_1151.pdf</t>
   </si>
   <si>
-    <t>DISPOE SOBRE A DENOMINAÇAO DO CENTRO MUNIC]PAL DE EVENTOS,LOCALTZADO NO DISTRITO DE MANTAÇU NESTE MUNICÍPIO E DÁ OUTRAS_x000D_
-PROVIDENCIAS.</t>
+    <t>DISPÕE SOBRE A DENOMINAÇÃO DO CENTRO MUNICIPAL DE EVENTOS,LOCALIZADO NO DISTRITO DE MANIAÇU NESTE MUNICÍPIO E DÁ OUTRAS_x000D_
+PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1099/projeto_de_lei_no_1153.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da denominação da Rua 5 (Travessa da Quixaba l), localizada no Loteamento Bela Vista, no Bairro Prisco Viana, para Travessa José Joaquim Xavier (Zezinho), e dá outras providências.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1239/projeto_de_lei_no1155-criacao_do_dia_municipal_das_raizes_africanas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação do Dia Municipal das Tradições das Raízes de Matrizes Africanas e Nações do Candomblé, e dá outras providências.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1113/projeto_de_lei_n.o1158.pdf</t>
   </si>
   <si>
     <t>CRIA A OUVIDORIA PARLAMENTAR,E ALTERA ARTIGOS DAS LEIS Nº 744/2013,DE 10 DE,MARÇO DE 2013,E Nº1.029 DE 26 DE MAIO DE 2025,QUE DISPÕE SOBRE ESTRUTURA ADMINISTRATIVA COM O RESPECTIVO PLANO DE CARGOS E VENCIMENTOS DOS SERVIDORES DA CAMARA MUNICIPAL DE CAETITÉ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1154/projeto_de_lei_no_1159.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal de Caetité a realizar o recolhimento de animais de grande porte encontrados em vias públicas e dá outras providências.</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1155/projeto_de_lei_no_1160.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE NORMAS PARA OPPERAÇÕES DE CARGA E DESCARGA, FIXA OS HORÁRIOS PARA A REALIZAÇÃO DE OPERAÇÕES EM VIAS PÚBL]CAS DO Município DE CAENTÉ, E DÁ OUTRAS PROUDÊNCIAS.</t>
+    <t>DISPÕE SOBRE NORMAS PARA OPERAÇÕES DE CARGA E DESCARGA, FIXA OS HORÁRIOS PARA A REALIZAÇÃO DE OPERAÇÕES EM VIAS PÚBLICAS DO MUNICÍPIO DE CAETITÉ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1156/projeto_de_lei_no_1161.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REDUÇÃO DA EXTENSÃO DE FAXA NÃO EDIFICÁVEL, CONTÍGUA À FAIXA DE DOMÍNIO DAS RODOVIAS FEDERAIS, NO AMBITO DA_x000D_
 ZONA URBANA DO TERRITORIO DO MUNICÍPIO DE CAENTÉ- BAHIA E DÁ OUTRAS PROVIDÊNCAS.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1157/projeto_de_lei_no_1162.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CONSELHO MUNICIPAL DE TURISMO DO MUNICÍPIO DE CAETITÉ - COMTUR E INSTITUI O FUNDO MUNICIPAL DE TURISMO - FUMTUR E DÁ OUTRAS PROUDÊNCÁS.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1143/projeto_de_lei_no_1163.pdf</t>
   </si>
   <si>
     <t>Autoriza o prefeito municipal a celebrar negócio jurídico que especifica.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1164/projeto_de_lei_no1164-denominacao_creche_pre-escola_tipo_ii_samambaia.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da creche Pré-Escola Tipo Il localizada no Loteamento Samambaia, no Município de Caetité, e dá outras providências.</t>
   </si>
   <si>
+    <t>1272</t>
+  </si>
+  <si>
+    <t>1165</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1272/projeto_de_lei_no1165-plano_plurianual_2026.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Plano Plurianual - PPA para o quadriênio 2026-2029 e dá outras providências</t>
+  </si>
+  <si>
     <t>1240</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1240/projeto_de_lei_no1166-denominacao_da_av_salinas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da denominação da Av Salinas, localizada no Bairro Santo Antônio, para Av. Enfermeiro Aldeci Batista, e dá outras Providências.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1241/projeto_de_lei_no1167_altera_lei_municipal_no_1036.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 1036 DE 25 DE AGOSTO DE 2025, E DÁ OUTRAS PROYIDÊNCIAS.</t>
   </si>
   <si>
+    <t>1280</t>
+  </si>
+  <si>
+    <t>1168</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1280/projeto_de_lei_1168-dipoe_sobre_o_subsidio_do_procurador-projeto_passou_porem_corrigido_com_outro_numero.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O SUBSÍDIO DO PROCURADOR MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1279</t>
+  </si>
+  <si>
+    <t>1169</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1279/projeto_de_lei_no_1169-considera_de_ultilidade_publica_o_sindicato_dos_servidores_publicos.pdf</t>
+  </si>
+  <si>
+    <t>CONSIDERA DE UTILIDADE PÚBLICA O SINDICATO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO  DE CAETITÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>1242</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1242/projeto_de_lei_no1170-predios_publicos.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DOS PRÉDIOS PÚBLICOS ONDE FUNCIONARAM ESCOLAS RURAIS, LOCALIZADOS NA ZONA RURAL DO MUNICIPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>1281</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1281/projeto_de_lei_no_1171-loa.pdf</t>
+  </si>
+  <si>
+    <t>Estima a receita e fixa a despesa do Orçamento Anual do Município de Caetité, para o exercício financeiro de 2026.</t>
+  </si>
+  <si>
     <t>1243</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1243/projeto_de_lei_no1172-denominacao_de_nome_de_rua_conselheiro_joaquim_antonio.pdf</t>
   </si>
   <si>
     <t>Dá Denominação de Rua Conselheiro Joaquim Antônio de Souza Spínola a uma das artérias situada no Bairro Santa Rita em nosso Município.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1192/projeto_de_lei_no1173-criacao_de_programa_de_educacao_no_transito.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação de um Programa de Educação no Trânsito nas Escolas Municipais para jovens e adolescentes, e dá outras providências.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1244/projeto_de_lei_no1174-estabelece_normas_para_denominacao_de_vias_e_logradouros_publicos_no_municipio_de_caetite.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NORMAS PARA DENOMINAÇÃO DE VIAS E LOGRADOUROS PÚBLICOS NO MUNICÍPIO DE CAETITÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1221/projeto_de_lei_no1175-inclui_o_anexo_ii_na_lei_no_1.014_de_18_dezembro_2024.pdf</t>
   </si>
   <si>
     <t>INCLUI O ANEXO II NA LEI Nº 1014, DE 18 DE DEZEMBRO DE 2024, QUE AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A ALIENAR BENS MÓVEIS INSERVÍVEIS DO PATRIMÔNIO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>1282</t>
+  </si>
+  <si>
+    <t>1176</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1282/projeto_de_lei_no_1176__pauta_de_hoje.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O EXECUTIVO MUNICIPAL A UTILIZAR OS RECURSOS CONTINGENCIADOS EM CONTA ESPECÍFICA REFERENTE AS EMENDAS IMPOSITIVAS DO ANO DE 2023 NÃO CUMPRIDAS POR IMPOSSIBILIDADE TÉCNICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>1245</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1245/projeto_de_lei_no1177-_dispoe_sobre_o_atendimento_preferencial_as_pessoas_portadoras_de_cancer.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o atendimento preferencial às pessoas portadoras de câncer e de câncer de mama no âmbito do Município de Caetité e dá outras providências.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1246/projeto_de_lei_no1178-da_denominacao_de_dr.leoncio_fagundes_de_oliveira_a_unidade_basica_de_saude-ubs_do_bairro_alto_cristo.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Dr, Leôncio Fagundes de Oliveira a Unidade Básica de Saúde - UBS do Bairro Alto do Cristo, em nosso Município.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1247/projeto_de_lei_no1179-da_denominacao_de_professora_edna_licia_gomes_da_silva_a_creche_pre-escolar_situada_no_bairro_sao_vicente_iii..pdf</t>
   </si>
   <si>
     <t>Dá Denominação de Professora Édna Lícia Gomes da Silva a Creche Pré-Escolar situada no Bairro São Vicente lll em nosso Município.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1248/projeto_de_lei_no1180-autoriza_o_poder_executo_municipal_a_abrir_credito.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir Crédito Especial no valor de R$ 725.500,00 (Setecentos e vinte e cinco mil e quinhentos reais) para fins que se especifica e dá outras providências.</t>
   </si>
   <si>
+    <t>1283</t>
+  </si>
+  <si>
+    <t>1181</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1283/projeto_de_lei_no_1181-estagio_remonerado_retirada_de_pauta.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Programa de Estágio Remunerado no âmbito do Poder Executivo Municipal, Revoga a Lei Municipal n. 704, de 27 de abril de 2010, e dá outras Providências.</t>
+  </si>
+  <si>
     <t>1235</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1235/projeto_de_lei_no_1182-autoriza_o_poder_executivo_municipal_a_abrir_credito_especial_no_valor_2.500.0000.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir Crédito Especial no valor de R$ 2.500.000,00 (dois milhões e quinhentos mil reais) para fins que se especifica e dá outras providências</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1249/projeto_de_lei_no1183-dispoe_sobre_subsidio_do_procurador_municipal..pdf</t>
   </si>
   <si>
     <t>D§PÕE SOBRE O SUBSÍDIO DO PROCURADOR MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>1271</t>
+  </si>
+  <si>
+    <t>1184</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1271/projeto_de_lei_no1184-dispoe_sobre_a_implantacao_do_programa_municipal_de_saude_mental_na_sescolasem_parceria_entre_as_secretarias_municipais_de_educacao_e_de_saude.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a implantação do Programa Municipal de Saúde Mental nas Escolas, em parceria entre as Secretarias Municipais de Educação e de Saúde, e dá outras providências.</t>
+  </si>
+  <si>
     <t>1250</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1250/projeto_de_lei_no1185-altera_o_artigo_65_da_lei_municipal_no_961.2023.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 65 DA LEI I'UNICIPAL Nº 961/2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
-    <t>Mesa Diretora - MD</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1251/projeto_de_lei_no1186-altera_o_art.2o_da_lei_901.pdf</t>
   </si>
   <si>
     <t>Altera o art. 20, da Lei nº 901, de 09.03.2022, que dispõe sobre a Revisão Geral Anual das remunerações dos servidores públicos e dos agentes políticos do Poder Legislativo do Município de Caetité, e dá outras providências.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1196/projeto_de_lei_1187.pdf</t>
   </si>
   <si>
     <t>Eleva a Comunidade de Santa Luzia à condição de Distrito do Município de Caetité e dá outras providências</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1199/img20251112_11053916.pdf</t>
@@ -3741,87 +4029,169 @@
   <si>
     <t>DISPÕE SOBRE A COMPOSIÇÃO, ORGANIZAÇÃO, COMPETÊNCIA E FUNCIONAMENTO DO CONSELHO MUNICIPAL DE SAÚDE DE CAETITÉ, REVOGA AS DISPOSIÇÕES EM CONTRÁRIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1202/projeto_de_lei_no._______de_12_de_novembro_de_2025._concessao_de_uso_hospital_municipal.docx.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE CAETITÉ A EFETUAR A CONCESSÃO ONEROSA DE USO DO HOSPITAL MUNICIPAL DR. RICARDO DE TADEU LADEIA AO ESTADO DA BAHIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1203/jovem_aprendiz.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA MUNICIPAL DE INCENTIVO AO PRIMEIRO EMPREGO PARA JOVENS NO MUNICÍPIO DE CAETITÉ – BAHIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>1270</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1270/projeto_de_lei_no1193-autoriza_o_executivo_minicipal_utilizar_os_recursos_contigenciados.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O EXECUTIVO MUNICIPAL A UTILIZAR OS RECURSOS CONTINGENGIADOS EM CONTA ESPECIFICA, REFERENTE ÀS EMENDAS IMPOSITIVAS DO ANO DE 2023 NÃO CUMPRIDAS POR IMPOSSIBILIDADE TÉCNICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1284</t>
+  </si>
+  <si>
+    <t>1194</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1284/projeto_de_lei_no1194-altera_o_anexo_i_da_lei_municipal_no_961_de_20_de_dezembro_de_2023com_as_alteracoes_promovidas_pela_lei_municipal_no_1055_de_17_de_novembro_de_2025..pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O ANEXO I DA LEI MUNICIPAL N. 961 DE 20 DE DEZEMBRO DE 2023, COM AS ALTERAÇÕES PROMOVIDAS PELA LEI_x000D_
+MUNICIPAL Nº 1.055 DE 17 DE NOVEMBRO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>1217</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1217/pl_1195.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE ACESSIBILIDADE EM PRAÇAS PÚBLICAS, BANHEIROS PÚBLICOS E UNIDADES ESCOLARES DA REDE MUNICIPAL DO MUNICÍPIO DE CAETITÉ – BAHIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1218/altera_o_anexo_i_da_lei_961.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA LEI MUNICIPAL N. 961 DE 20 DE DEZEMBRO DE 2023, COM AS ALTERAÇÕES PROMOVIDAS PELA LEI MUNICIPAL Nº 1.055 DE 17 DE NOVEMBRO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1220/projeto_de_lei_no._______de_1o_de_dezembro_de_2025._altera_lei_1034.docx.pdf</t>
   </si>
   <si>
     <t>ALTERA O CAPUT DO ARTIGO 33 DA LEI Nº 1.034, DE 21 DE JULHO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS..</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1252/projeto_de_lei_no._______de_4_de_dezembro_de_2025..docx.pdf</t>
   </si>
   <si>
     <t>PRORROGA ATÉ 31 DE DEZEMBRO DE 2026 A VIGÊNCIA DO PLANO MUNICIPAL DE EDUCAÇÃO DE CAETITÉ-BA, APROVADO PELA LEI Nº 789, DE 22 DE JUNHO DE 2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1253</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1253/projeto_de_lei_no._______de_8_de_dezembro_de_2025..docx.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PREFEITO MUNICIPAL A CELEBRAR NEGÓCIO JURÍDICO QUE ESPECIFICA.</t>
+  </si>
+  <si>
+    <t>1274</t>
+  </si>
+  <si>
+    <t>PRE</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1274/projeto_de_resolucao_no_01-curso_de_formacao_para_vereadores.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a realização de curso de formação de vereadores em início de mandato e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1278</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1278/projeto_de_resolocao_no_02-cria_a_comissao_especial_para_acompanhamento_dos_trabalhos_da_unacom-_reprovada.pdf</t>
+  </si>
+  <si>
+    <t>Cria Comissão Especial de Acompanhamento e Levantamento de informações sobre a Retomada dos Trabalhos da Unidade Oncológica Municipal - UNACON.</t>
+  </si>
+  <si>
+    <t>1275</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1275/projeto_de_resolucao_no_03-_regulamenta_a_lei_federal_no_14.129.pdf</t>
+  </si>
+  <si>
+    <t>REGULAMENTA A LEI FEDERAL No 14.129, DE 29 DE MARÇO DE 2021 NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL, INSTITUINDO O PROGRAMA GOVERNO DIGITAL DO LEGISLATIVO DE CAETITÉ - GDLC E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1276</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1276/projeto_de_resolucao_no_04-canais_digitais.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a oficialização dos canais digitais institucionais da Câmara Municipal de Caetité, estabelece diretrizes para sua administração e transição entre gestões, e reconhece sua natureza como patrimônio imaterial e institucional do poder Legislativo.</t>
+  </si>
+  <si>
+    <t>1277</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1277/projeto_de_resolucao_no_05-dispoe_sobre_a_autorizacao_da_filiacao_da_camara_de_vereadores_do_municipio_de_caetite_a_uniao_dos_vereadores_do_alto_sertao_da_bahia_2.pdf</t>
+  </si>
+  <si>
+    <t>CRIA A PROCURADORIA DA MULHER NO ÂMBITO DA CÂMARA MUNICIPAL DE CAETITÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto Total ou Parcial</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1219/mensagem_de_veto_02.2025.pdf</t>
   </si>
   <si>
     <t>VETA PARCIALMENTE O PROJETO DE LEI Nº 1175/2025, QUE “INCLUI O ANEXO II NA LEI Nº 1.014, DE 18 DE DEZEMBRO DE 2024, QUE AUTORIZA O CHEFE DO PODER EXECUTIVO A ALIENAR BENS MÓVEIS INSERVÍVEIS DO PATRIMONIO MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -4140,67 +4510,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/885/indicacao_n1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/886/indicacao_n2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/887/indicacao_n3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/888/indicacao_n4.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/889/indicacao_n5.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/890/indicacao_n6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/891/indicacao_n7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/892/indicacao_n8.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/893/indicacao_n9.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_n10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/895/indicacao_n11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/896/indicacao_n12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/897/indicacao_n13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/898/indicacao_n14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/899/indicacao_n15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/900/indicacao_n16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/901/indicacao_n_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/902/indicacao_n18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/903/indicacao_n19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/905/indicacao_n21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/906/indicacao_n22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/907/indicacao_n23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/908/indicacao_n24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/909/indicacao_n25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/910/indicacao_n26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/911/indicacao_n27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/912/indicacao_n28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/914/indicacao_n30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/915/indicacao_n31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/916/indicacao_n32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/917/indicacao_n33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/918/indicacao_n34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/919/indicacao_n35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/920/indicacao_n36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/921/indicacao_n37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/922/indicacao_n38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/923/indicacao_n39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/924/indicacao_n40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/925/indicacao_n41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/926/indicacao_n42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/927/indicacao_n43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/928/indicacao_n44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/929/indicacao_n45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/930/indicacao_n46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/931/indicacao_n47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/932/indicacao_n48.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/933/indicacao_n49.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/934/indicacao_n50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/935/indicacao_n51.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/936/indicacao_n_52.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_n53.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/938/indicacao_n54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_n55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/940/indicacao_n56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/941/indicacao_n57.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/942/indicacao_n58.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/943/indicacao_n59.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/944/indicacao_n60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/946/indicacao_n62.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/947/indicacao_n63.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/948/indicacao_n64.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/949/indicacao_n65.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/950/indicacao_n66.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/951/indicacao_n67.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/952/indicacao_n68.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/953/indicacao_n69.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/954/indicacao_n70.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/955/indicacao_n71.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/956/indicacao_n72.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/957/indicacao_n73.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/958/indicacao_n74.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/959/indicacao_n75.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/960/indicacao_n76.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/961/indicacao_n_78.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/962/indicacao_n79.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/963/indicacao_n80.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/964/indicacao_n81.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/965/indicacao_n82.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/966/indicacao_n83.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/967/indicacao_n84.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/968/indicacao_n85.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/969/indicacao_n86.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/970/indicacao_n87.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/971/indicacao_n88.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/972/indicacao_n89.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/973/indicacao_n90.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/974/indicacao_n91.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/975/indicacao_n92.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/977/indicacao_n94.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/978/indicacao_n95.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/979/indicacao_n96.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/980/indicacao_n97.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/981/indicacao_n98.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/982/indicacao_n99.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/983/indicacao_n100.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/984/indicacao_n101.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/985/indicacao_n102.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/986/indicacao_n103.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/987/indicacao_n104_1.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/988/indicacao_n105.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/989/indicacao_n106.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/990/indicacao_n107.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/991/indicacao_n108.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/992/indicacao_n109.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/993/indicacao_n110.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/994/indicacao_n111.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/995/indicacao_n112.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/996/indicacao_n113.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/998/indicacao_n115.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/999/indicacao_n116.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1000/indicacao_n117.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1001/indicacao_n118.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1002/indicacao_n119.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1003/indicacao_n120.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1004/indicacao_no_121.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1005/indicacao_no_122.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1006/indicacao_no_123.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1007/indicacao_no_124.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1008/indicacao_no_125.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1009/indicacao_no_126.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1010/indicacao_no_127.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1011/indicacao_no_128.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1012/indicacao_no_129.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1013/indicacao_no_130.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1014/indicacao_no_131.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1016/indicacao_no_133.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1017/indicacao_no_134.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1018/indicacao_no_135.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1019/indicacao_no_136.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1021/indicacao_no_138.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1022/indicacao_no_139.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1024/indicacao_no_141.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1025/indicacao_no_142.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1026/indicacao_no_143.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1029/indicacao_no_145.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1027/indicacao_no_146.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1030/indicacao_no_147.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1031/indicacao_no_148.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1032/indicacao_no_149.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1033/indicacao_no_150.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1034/indicacao_no_151.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1035/indicacao_no_152.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1036/indicacao_no_153.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1037/indicacao_no_154.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1038/indicacao_no_155.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1039/indicacao_no_156.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1056/indicacao_no_157.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1057/indicacao_no_158.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1066/indicacao_no_159.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1067/indicaco_no_160.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1068/indicacao_no_161.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1069/indicacao_no_162.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1090/indicacao_no_163.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1091/indicacao_no_164.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1092/indicacao_no_165.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1093/indicacao_no_166.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1094/indicacao_no_167.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1095/indicacao_no_168.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1096/indicacao_no_169.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1097/indicacao_no_170.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1102/indicacao_no_171.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1103/indicacao_no_172.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1104/indicacao_no_173.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1105/indicacao_no_174.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1106/indicacao_no_175.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1107/indicacao_no_176.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1108/indicacao_no_177.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1109/indicacao_no_178.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1110/indicacao_no_180.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1134/indicacao_no_181.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1135/indicacao_no_182.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1137/indicacao_no_184.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1144/indicacao_no_185.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1145/indicacao_no_186.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1146/indicacao_no_187.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1147/indicacao_no_188.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1148/indicacao_no_189.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1159/indicacao_no_190.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1160/indicacao_no_191.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1161/indicacao_no_192.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1162/indicacao_no_193.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1170/indicacao_no_194.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1171/indicacao_no_195.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1172/indicacao_no_196.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1173/indicacao_no_197.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1174/indicacao_no_198.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1193/indicacao_no_199.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1214/indicacao_no_200.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1195/ind_201.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1213/indicacao_no_202.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1212/indicacao_no_203.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1211/indicacao_no_204.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1209/indicacao_no_206.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1201/creche_prisco_viana.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1204/indicacao_208-_2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1207/img20251117_11062918.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1206/img20251117_11223530.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1215/img20251124_12460247.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1216/img20251125_11140629.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1040/mocao_de_pesar-olavo.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1041/mocao_de_pesar-antonio_neves.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1042/mocao_de_pesar-manoel_candido.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1043/mocao_de_pesar-joao_fernandes.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1044/mocaode_aplausos_e_congratulacoe-ivana_bastos.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1045/mocao_de_pesar-elita_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1046/mocao_de_pesar-helenice_angelica.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1047/mocao_de_pesar-jeferson_soares.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1049/mocao_de_pesar-jailson.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1050/mocao_de_pesar-tiago.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1051/mocao_de_pesar-papa.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1052/mocao_de_congratulacoes-diocese.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1053/mocao_de_pesar-_glaydson_eduardo.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1054/mocao_aplausos_-cavalgada_lara_fernandes.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1055/mocao_aplalsos_-carlos_ramon.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1058/mocao_de_aplausos_coronel_jose_roberto_suarez.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1059/mocao_de_aplausos_naza_bakes.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1060/mocao_de_pesar_aurelina_amelia.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1061/mocao_de_pesar_gilberto_brito.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1062/mocao_de_pesar_joaquim_oliveira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1063/mocao_de_pesar_vitorio_franca_varela_de_albuquerque.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1064/mocao_de_pesar_-paulo_de_quidim.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1065/mocao_de_pesar_-paulo_camara.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1070/mocao_de_pesar_-elisa_oliveira.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1111/mocaoa_de_pesar_-salvador_oliveira.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1140/mocao_de_pesar-ademar_soares.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1138/mocao_de_pesar-giovane_lima.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1139/mocao_de_pesar-carlos_junqueira.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1141/mocao_de_pesar_-edesio_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1142/mocao_de_pesar_-manoel_messias.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1149/mocao_de_aplauso_-karateca.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1150/mocao_de_pesar_-_cleverson.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1151/mocao_de_pesar_de_waldir_carvalho.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1152/mocao_de_pesar_-jose_castro.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1153/mocao_de_pesar_-maria_alves.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1163/mocao_de_pesar-nadir_monteiro.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1167/mocao_de_apalusos-_paroquia_n.s.aparecida.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1198/mocao_igreja_menonita.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1205/mocao_de_pesar_n05_-_maria_ana_da_silva_santos.docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1208/mocao_de_pesar_n05_-_maria_ana_da_silva_santos.docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1074/projeto_de_decreto_legislativo_no_1007.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1073/projeto_de_decreto_legislativo_no_1008.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1075/projeto_de_decreto_legislativo_no_1009.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1076/projeto_de_decreto_legislativo_no_1010.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1077/projeto_de_decreto_legislativo_no_1011.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1078/projeto_de_decreto_legislativo_no_1012.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1079/projeto_de_decreto_legislativo_no_1013.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1080/projeto_de_decreto_legislativo_no_1013.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1081/projeto_de_decreto_legislativo_no_1015.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1082/projeto_de_decreto_legislativo_no_1016.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1083/projeto_de_decreto_legislativo_no_1017.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1084/projeto_de_decreto_legislativo_no_1018.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1088/projeto_de_decreto_legislativo_no_1019.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1089/projeto_de_decreto_legislativo_no_1020.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1087/projeto_de_decreto_legislativo_no_1021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1116/projeto_de_decreto_legislativo_no_1022-_titulo_cidadao_-_jose_adolfo.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1117/projeto_de_decreto_legislativo_no_1023-titulo_de_cidada-marileia_brito.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1118/projeto_de_decreto_legislativo_no_1024-titulo_cidada-naiane_sales.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1119/projeto_de_decreto_legislativo_no_1025-diploma_de_honra_ao_merito-_romulo_anisio.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1121/projeto_de_decreto_legislativo_no_1027-titulo_de_cidadao-_joao_antonio.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1122/projeto_de_decreto_legislativo_no_1028-_medalha_do_merito_anisio_teixeira-maria_jose_couto.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1123/projeto_de_decreto_legislativo_no_1029-titulo_cidadao-george_euzebio.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1124/projeto_de_decreto_legislativo_no_1030-titulo_cidadao-juvenal_oliveira.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1125/projeto_de_decreto_legislativo_no_1031-titulo_cidadao_sergio_alves.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1130/projeto_de_decreto_legislativo_no_1036_-medalha_do_merito_anisio_teixeira-adriana_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1131/projeto_de_decreto_legislativo_no_1037-medalha_do_merito_anisio_teixeira-maria_de_fatima.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1132/projeto_de_decreto_legislativo_no_1038-titulo_cidada-elizete_andrade.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1133/projeto_de_decreto_legislativo_no_1039-titulo_de_cidadao-temistocles_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1222/projeto_de_lei_no1124-celebrar_convenio_com_areas_espicificas.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1223/projeto_de_lei_no1125-denominacao_de_rua_antonio_moreira.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1224/projeto_de_lei_no1126-denominacao_do_hipodromo_maniacu.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1225/projeto_de_lei_no1127-prorrogacao_do_plano_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1226/projeto_de_lei_no1128-institui_a_semana_de_valorizacao_a_mulher.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1227/projeto_de_lei_no1130-denominacao_do_pronto_atendimento_upa_iii.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1228/projeto_de_lei_no1131-dispoe_sobre_o_transtorno_espectro_autista.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1229/projeto_de_lei_no1133-_denominacao_da_rua_rafael_nascimento.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1230/projeto_de_lei_no1135-alteracao_contrato_de_consorcios.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1231/projeto_de_lei_no1137-autoriza_o_poder_executivo_abrir_creditos.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1232/projeto_de_lei_no1138-denominacao_de_rua_eunice_batista.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1233/projeto_de_lei_no1139-denominacao_da_via_urbana_rua_beija_flor.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1234/projeto_de_lei_no1140-cria_componetes_para_seguranca_alimentar_e_nutricional.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1236/projeto_de_lei_no1142-alteracao_da_estrutura_administrativa_da_camara.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1071/projeto_de_lei_no_1144.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1237/projeto_de_lei_no1146-delimitacao_de_novos_bairros.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1238/projeto_de_lei_no1149-reajustes_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1098/projeto_de_lei_no_1151.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1099/projeto_de_lei_no_1153.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1239/projeto_de_lei_no1155-criacao_do_dia_municipal_das_raizes_africanas.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1113/projeto_de_lei_n.o1158.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1154/projeto_de_lei_no_1159.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1155/projeto_de_lei_no_1160.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1156/projeto_de_lei_no_1161.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1157/projeto_de_lei_no_1162.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1143/projeto_de_lei_no_1163.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1164/projeto_de_lei_no1164-denominacao_creche_pre-escola_tipo_ii_samambaia.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1240/projeto_de_lei_no1166-denominacao_da_av_salinas.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1241/projeto_de_lei_no1167_altera_lei_municipal_no_1036.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1242/projeto_de_lei_no1170-predios_publicos.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1243/projeto_de_lei_no1172-denominacao_de_nome_de_rua_conselheiro_joaquim_antonio.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1192/projeto_de_lei_no1173-criacao_de_programa_de_educacao_no_transito.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1244/projeto_de_lei_no1174-estabelece_normas_para_denominacao_de_vias_e_logradouros_publicos_no_municipio_de_caetite.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1221/projeto_de_lei_no1175-inclui_o_anexo_ii_na_lei_no_1.014_de_18_dezembro_2024.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1245/projeto_de_lei_no1177-_dispoe_sobre_o_atendimento_preferencial_as_pessoas_portadoras_de_cancer.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1246/projeto_de_lei_no1178-da_denominacao_de_dr.leoncio_fagundes_de_oliveira_a_unidade_basica_de_saude-ubs_do_bairro_alto_cristo.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1247/projeto_de_lei_no1179-da_denominacao_de_professora_edna_licia_gomes_da_silva_a_creche_pre-escolar_situada_no_bairro_sao_vicente_iii..pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1248/projeto_de_lei_no1180-autoriza_o_poder_executo_municipal_a_abrir_credito.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1235/projeto_de_lei_no_1182-autoriza_o_poder_executivo_municipal_a_abrir_credito_especial_no_valor_2.500.0000.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1249/projeto_de_lei_no1183-dispoe_sobre_subsidio_do_procurador_municipal..pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1250/projeto_de_lei_no1185-altera_o_artigo_65_da_lei_municipal_no_961.2023.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1251/projeto_de_lei_no1186-altera_o_art.2o_da_lei_901.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1196/projeto_de_lei_1187.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1199/img20251112_11053916.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1200/projeto_de_lei_no._______de_12_de_novembro_de_2025..docx.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1202/projeto_de_lei_no._______de_12_de_novembro_de_2025._concessao_de_uso_hospital_municipal.docx.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1203/jovem_aprendiz.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1217/pl_1195.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1218/altera_o_anexo_i_da_lei_961.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1220/projeto_de_lei_no._______de_1o_de_dezembro_de_2025._altera_lei_1034.docx.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1252/projeto_de_lei_no._______de_4_de_dezembro_de_2025..docx.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1219/mensagem_de_veto_02.2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1255/emenda_da_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/885/indicacao_n1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/886/indicacao_n2.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/887/indicacao_n3.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/888/indicacao_n4.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/889/indicacao_n5.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/890/indicacao_n6.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/891/indicacao_n7.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/892/indicacao_n8.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/893/indicacao_n9.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/894/indicacao_n10.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/895/indicacao_n11.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/896/indicacao_n12.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/897/indicacao_n13.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/898/indicacao_n14.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/899/indicacao_n15.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/900/indicacao_n16.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/901/indicacao_n_17.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/902/indicacao_n18.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/903/indicacao_n19.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/905/indicacao_n21.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/906/indicacao_n22.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/907/indicacao_n23.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/908/indicacao_n24.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/909/indicacao_n25.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/910/indicacao_n26.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/911/indicacao_n27.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/912/indicacao_n28.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/914/indicacao_n30.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/915/indicacao_n31.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/916/indicacao_n32.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/917/indicacao_n33.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/918/indicacao_n34.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/919/indicacao_n35.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/920/indicacao_n36.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/921/indicacao_n37.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/922/indicacao_n38.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/923/indicacao_n39.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/924/indicacao_n40.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/925/indicacao_n41.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/926/indicacao_n42.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/927/indicacao_n43.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/928/indicacao_n44.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/929/indicacao_n45.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/930/indicacao_n46.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/931/indicacao_n47.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/932/indicacao_n48.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/933/indicacao_n49.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/934/indicacao_n50.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/935/indicacao_n51.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/936/indicacao_n_52.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_n53.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/938/indicacao_n54.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/939/indicacao_n55.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/940/indicacao_n56.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/941/indicacao_n57.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/942/indicacao_n58.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/943/indicacao_n59.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/944/indicacao_n60.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/946/indicacao_n62.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/947/indicacao_n63.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/948/indicacao_n64.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/949/indicacao_n65.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/950/indicacao_n66.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/951/indicacao_n67.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/952/indicacao_n68.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/953/indicacao_n69.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/954/indicacao_n70.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/955/indicacao_n71.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/956/indicacao_n72.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/957/indicacao_n73.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/958/indicacao_n74.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/959/indicacao_n75.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/960/indicacao_n76.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/961/indicacao_n_78.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/962/indicacao_n79.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/963/indicacao_n80.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/964/indicacao_n81.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/965/indicacao_n82.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/966/indicacao_n83.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/967/indicacao_n84.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/968/indicacao_n85.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/969/indicacao_n86.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/970/indicacao_n87.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/971/indicacao_n88.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/972/indicacao_n89.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/973/indicacao_n90.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/974/indicacao_n91.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/975/indicacao_n92.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/977/indicacao_n94.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/978/indicacao_n95.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/979/indicacao_n96.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/980/indicacao_n97.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/981/indicacao_n98.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/982/indicacao_n99.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/983/indicacao_n100.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/984/indicacao_n101.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/985/indicacao_n102.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/986/indicacao_n103.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/987/indicacao_n104_1.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/988/indicacao_n105.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/989/indicacao_n106.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/990/indicacao_n107.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/991/indicacao_n108.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/992/indicacao_n109.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/993/indicacao_n110.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/994/indicacao_n111.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/995/indicacao_n112.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/996/indicacao_n113.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/998/indicacao_n115.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/999/indicacao_n116.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1000/indicacao_n117.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1001/indicacao_n118.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1002/indicacao_n119.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1003/indicacao_n120.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1004/indicacao_no_121.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1005/indicacao_no_122.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1006/indicacao_no_123.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1007/indicacao_no_124.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1008/indicacao_no_125.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1009/indicacao_no_126.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1010/indicacao_no_127.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1011/indicacao_no_128.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1012/indicacao_no_129.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1013/indicacao_no_130.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1014/indicacao_no_131.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1016/indicacao_no_133.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1017/indicacao_no_134.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1018/indicacao_no_135.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1019/indicacao_no_136.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1021/indicacao_no_138.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1022/indicacao_no_139.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1024/indicacao_no_141.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1025/indicacao_no_142.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1026/indicacao_no_143.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1029/indicacao_no_145.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1027/indicacao_no_146.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1030/indicacao_no_147.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1031/indicacao_no_148.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1032/indicacao_no_149.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1033/indicacao_no_150.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1034/indicacao_no_151.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1035/indicacao_no_152.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1036/indicacao_no_153.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1037/indicacao_no_154.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1038/indicacao_no_155.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1039/indicacao_no_156.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1056/indicacao_no_157.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1057/indicacao_no_158.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1066/indicacao_no_159.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1067/indicaco_no_160.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1068/indicacao_no_161.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1069/indicacao_no_162.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1090/indicacao_no_163.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1091/indicacao_no_164.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1092/indicacao_no_165.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1093/indicacao_no_166.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1094/indicacao_no_167.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1095/indicacao_no_168.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1096/indicacao_no_169.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1097/indicacao_no_170.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1102/indicacao_no_171.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1103/indicacao_no_172.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1104/indicacao_no_173.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1105/indicacao_no_174.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1106/indicacao_no_175.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1107/indicacao_no_176.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1108/indicacao_no_177.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1109/indicacao_no_178.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1259/indicacao_no_179.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1110/indicacao_no_180.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1134/indicacao_no_181.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1135/indicacao_no_182.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1137/indicacao_no_184.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1144/indicacao_no_185.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1145/indicacao_no_186.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1146/indicacao_no_187.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1147/indicacao_no_188.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1148/indicacao_no_189.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1159/indicacao_no_190.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1160/indicacao_no_191.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1161/indicacao_no_192.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1162/indicacao_no_193.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1170/indicacao_no_194.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1171/indicacao_no_195.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1172/indicacao_no_196.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1173/indicacao_no_197.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1174/indicacao_no_198.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1193/indicacao_no_199.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1214/indicacao_no_200.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1195/ind_201.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1213/indicacao_no_202.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1212/indicacao_no_203.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1211/indicacao_no_204.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1209/indicacao_no_206.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1201/creche_prisco_viana.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1204/indicacao_208-_2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1207/img20251117_11062918.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1206/img20251117_11223530.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1215/img20251124_12460247.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1216/img20251125_11140629.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1254/img20251208_12031345.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1256/img20251215_11190345.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1257/img20251215_11142543.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1258/img20251215_11223358.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1286/indicacao_no_217.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1287/indicacao_no_218.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1040/mocao_de_pesar-olavo.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1041/mocao_de_pesar-antonio_neves.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1042/mocao_de_pesar-manoel_candido.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1043/mocao_de_pesar-joao_fernandes.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1044/mocaode_aplausos_e_congratulacoe-ivana_bastos.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1045/mocao_de_pesar-elita_magalhaes.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1046/mocao_de_pesar-helenice_angelica.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1047/mocao_de_pesar-jeferson_soares.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1049/mocao_de_pesar-jailson.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1050/mocao_de_pesar-tiago.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1051/mocao_de_pesar-papa.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1052/mocao_de_congratulacoes-diocese.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1053/mocao_de_pesar-_glaydson_eduardo.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1054/mocao_aplausos_-cavalgada_lara_fernandes.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1055/mocao_aplalsos_-carlos_ramon.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1058/mocao_de_aplausos_coronel_jose_roberto_suarez.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1059/mocao_de_aplausos_naza_bakes.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1060/mocao_de_pesar_aurelina_amelia.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1061/mocao_de_pesar_gilberto_brito.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1062/mocao_de_pesar_joaquim_oliveira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1063/mocao_de_pesar_vitorio_franca_varela_de_albuquerque.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1064/mocao_de_pesar_-paulo_de_quidim.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1065/mocao_de_pesar_-paulo_camara.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1070/mocao_de_pesar_-elisa_oliveira.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1111/mocaoa_de_pesar_-salvador_oliveira.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1140/mocao_de_pesar-ademar_soares.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1138/mocao_de_pesar-giovane_lima.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1139/mocao_de_pesar-carlos_junqueira.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1141/mocao_de_pesar_-edesio_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1142/mocao_de_pesar_-manoel_messias.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1149/mocao_de_aplauso_-karateca.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1150/mocao_de_pesar_-_cleverson.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1151/mocao_de_pesar_de_waldir_carvalho.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1152/mocao_de_pesar_-jose_castro.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1153/mocao_de_pesar_-maria_alves.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1163/mocao_de_pesar-nadir_monteiro.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1167/mocao_de_apalusos-_paroquia_n.s.aparecida.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1198/mocao_igreja_menonita.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1208/mocao_de_pesar_n05_-_maria_ana_da_silva_santos.docx" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1260/mocao_de_pesar-_jorge_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1261/mocao_de_pesar_-sebastiao_fernandes_farias.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1262/mocao_de_pesar-jose_ribamar.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1263/mocao_pesar-_geraldino_vicente_custodio.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1264/mocao_de_parabens-cidade_de_igapora.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1288/mocao_de_aplausos-_joao_pedro_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1074/projeto_de_decreto_legislativo_no_1007.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1073/projeto_de_decreto_legislativo_no_1008.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1075/projeto_de_decreto_legislativo_no_1009.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1076/projeto_de_decreto_legislativo_no_1010.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1077/projeto_de_decreto_legislativo_no_1011.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1078/projeto_de_decreto_legislativo_no_1012.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1079/projeto_de_decreto_legislativo_no_1013.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1080/projeto_de_decreto_legislativo_no_1013.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1081/projeto_de_decreto_legislativo_no_1015.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1082/projeto_de_decreto_legislativo_no_1016.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1083/projeto_de_decreto_legislativo_no_1017.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1084/projeto_de_decreto_legislativo_no_1018.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1088/projeto_de_decreto_legislativo_no_1019.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1089/projeto_de_decreto_legislativo_no_1020.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1087/projeto_de_decreto_legislativo_no_1021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1116/projeto_de_decreto_legislativo_no_1022-_titulo_cidadao_-_jose_adolfo.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1117/projeto_de_decreto_legislativo_no_1023-titulo_de_cidada-marileia_brito.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1118/projeto_de_decreto_legislativo_no_1024-titulo_cidada-naiane_sales.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1119/projeto_de_decreto_legislativo_no_1025-diploma_de_honra_ao_merito-_romulo_anisio.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1121/projeto_de_decreto_legislativo_no_1027-titulo_de_cidadao-_joao_antonio.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1122/projeto_de_decreto_legislativo_no_1028-_medalha_do_merito_anisio_teixeira-maria_jose_couto.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1123/projeto_de_decreto_legislativo_no_1029-titulo_cidadao-george_euzebio.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1124/projeto_de_decreto_legislativo_no_1030-titulo_cidadao-juvenal_oliveira.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1125/projeto_de_decreto_legislativo_no_1031-titulo_cidadao_sergio_alves.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1130/projeto_de_decreto_legislativo_no_1036_-medalha_do_merito_anisio_teixeira-adriana_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1131/projeto_de_decreto_legislativo_no_1037-medalha_do_merito_anisio_teixeira-maria_de_fatima.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1132/projeto_de_decreto_legislativo_no_1038-titulo_cidada-elizete_andrade.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1133/projeto_de_decreto_legislativo_no_1039-titulo_de_cidadao-temistocles_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1265/projeto_de_decreto_legislativo_no_1040-delson_cardoso_oliveira.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1266/projeto_de_decreto_legislativo_no_1041-_giselle_quintao.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1267/projeto_de_decreto_legislativo_no_1042-_anita_silva_santana.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1268/projeto_de_decreto_legislativo_no_1043-_silvia_maria_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1269/projeto_de_decreto_legislativo_no_1044-milton_comatec.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1222/projeto_de_lei_no1124-celebrar_convenio_com_areas_espicificas.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1223/projeto_de_lei_no1125-denominacao_de_rua_antonio_moreira.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1224/projeto_de_lei_no1126-denominacao_do_hipodromo_maniacu.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1225/projeto_de_lei_no1127-prorrogacao_do_plano_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1226/projeto_de_lei_no1128-institui_a_semana_de_valorizacao_a_mulher.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1227/projeto_de_lei_no1130-denominacao_do_pronto_atendimento_upa_iii.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1228/projeto_de_lei_no1131-dispoe_sobre_o_transtorno_espectro_autista.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1229/projeto_de_lei_no1133-_denominacao_da_rua_rafael_nascimento.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1230/projeto_de_lei_no1135-alteracao_contrato_de_consorcios.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1231/projeto_de_lei_no1137-autoriza_o_poder_executivo_abrir_creditos.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1232/projeto_de_lei_no1138-denominacao_de_rua_eunice_batista.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1233/projeto_de_lei_no1139-denominacao_da_via_urbana_rua_beija_flor.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1234/projeto_de_lei_no1140-cria_componetes_para_seguranca_alimentar_e_nutricional.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1285/projeto_de_lei_no_1141-dispoe_sobre_a_obrigatoriedade_de_remocao_e_organizacao_de_cabos_e_fios_inativos_ou_em_desuso_intalados_em_postes_no_municipio_de_caetite.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1236/projeto_de_lei_no1142-alteracao_da_estrutura_administrativa_da_camara.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1071/projeto_de_lei_no_1144.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1237/projeto_de_lei_no1146-delimitacao_de_novos_bairros.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1273/projeto_de_lei_no1148-lei_de_diretrizes_orcamentarias_2026.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1238/projeto_de_lei_no1149-reajustes_dos_servidores.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1098/projeto_de_lei_no_1151.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1099/projeto_de_lei_no_1153.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1239/projeto_de_lei_no1155-criacao_do_dia_municipal_das_raizes_africanas.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1113/projeto_de_lei_n.o1158.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1154/projeto_de_lei_no_1159.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1155/projeto_de_lei_no_1160.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1156/projeto_de_lei_no_1161.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1157/projeto_de_lei_no_1162.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1143/projeto_de_lei_no_1163.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1164/projeto_de_lei_no1164-denominacao_creche_pre-escola_tipo_ii_samambaia.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1272/projeto_de_lei_no1165-plano_plurianual_2026.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1240/projeto_de_lei_no1166-denominacao_da_av_salinas.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1241/projeto_de_lei_no1167_altera_lei_municipal_no_1036.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1280/projeto_de_lei_1168-dipoe_sobre_o_subsidio_do_procurador-projeto_passou_porem_corrigido_com_outro_numero.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1279/projeto_de_lei_no_1169-considera_de_ultilidade_publica_o_sindicato_dos_servidores_publicos.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1242/projeto_de_lei_no1170-predios_publicos.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1281/projeto_de_lei_no_1171-loa.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1243/projeto_de_lei_no1172-denominacao_de_nome_de_rua_conselheiro_joaquim_antonio.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1192/projeto_de_lei_no1173-criacao_de_programa_de_educacao_no_transito.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1244/projeto_de_lei_no1174-estabelece_normas_para_denominacao_de_vias_e_logradouros_publicos_no_municipio_de_caetite.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1221/projeto_de_lei_no1175-inclui_o_anexo_ii_na_lei_no_1.014_de_18_dezembro_2024.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1282/projeto_de_lei_no_1176__pauta_de_hoje.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1245/projeto_de_lei_no1177-_dispoe_sobre_o_atendimento_preferencial_as_pessoas_portadoras_de_cancer.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1246/projeto_de_lei_no1178-da_denominacao_de_dr.leoncio_fagundes_de_oliveira_a_unidade_basica_de_saude-ubs_do_bairro_alto_cristo.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1247/projeto_de_lei_no1179-da_denominacao_de_professora_edna_licia_gomes_da_silva_a_creche_pre-escolar_situada_no_bairro_sao_vicente_iii..pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1248/projeto_de_lei_no1180-autoriza_o_poder_executo_municipal_a_abrir_credito.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1283/projeto_de_lei_no_1181-estagio_remonerado_retirada_de_pauta.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1235/projeto_de_lei_no_1182-autoriza_o_poder_executivo_municipal_a_abrir_credito_especial_no_valor_2.500.0000.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1249/projeto_de_lei_no1183-dispoe_sobre_subsidio_do_procurador_municipal..pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1271/projeto_de_lei_no1184-dispoe_sobre_a_implantacao_do_programa_municipal_de_saude_mental_na_sescolasem_parceria_entre_as_secretarias_municipais_de_educacao_e_de_saude.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1250/projeto_de_lei_no1185-altera_o_artigo_65_da_lei_municipal_no_961.2023.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1251/projeto_de_lei_no1186-altera_o_art.2o_da_lei_901.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1196/projeto_de_lei_1187.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1199/img20251112_11053916.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1200/projeto_de_lei_no._______de_12_de_novembro_de_2025..docx.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1202/projeto_de_lei_no._______de_12_de_novembro_de_2025._concessao_de_uso_hospital_municipal.docx.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1203/jovem_aprendiz.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1270/projeto_de_lei_no1193-autoriza_o_executivo_minicipal_utilizar_os_recursos_contigenciados.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1284/projeto_de_lei_no1194-altera_o_anexo_i_da_lei_municipal_no_961_de_20_de_dezembro_de_2023com_as_alteracoes_promovidas_pela_lei_municipal_no_1055_de_17_de_novembro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1217/pl_1195.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1218/altera_o_anexo_i_da_lei_961.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1220/projeto_de_lei_no._______de_1o_de_dezembro_de_2025._altera_lei_1034.docx.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1252/projeto_de_lei_no._______de_4_de_dezembro_de_2025..docx.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1253/projeto_de_lei_no._______de_8_de_dezembro_de_2025..docx.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1274/projeto_de_resolucao_no_01-curso_de_formacao_para_vereadores.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1278/projeto_de_resolocao_no_02-cria_a_comissao_especial_para_acompanhamento_dos_trabalhos_da_unacom-_reprovada.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1275/projeto_de_resolucao_no_03-_regulamenta_a_lei_federal_no_14.129.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1276/projeto_de_resolucao_no_04-canais_digitais.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1277/projeto_de_resolucao_no_05-dispoe_sobre_a_autorizacao_da_filiacao_da_camara_de_vereadores_do_municipio_de_caetite_a_uniao_dos_vereadores_do_alto_sertao_da_bahia_2.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2025/1219/mensagem_de_veto_02.2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H337"/>
+  <dimension ref="A1:H372"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="201.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="245.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -4220,8729 +4590,9636 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F4" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F5" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H5" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F6" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="H6" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F7" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F8" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="H8" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F9" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="H9" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F10" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="H10" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E11" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F11" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H11" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E12" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F12" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="H12" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F13" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="H13" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F14" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="H14" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F15" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="H15" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="H16" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F17" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H17" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F18" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="H18" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E19" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F19" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="H19" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E20" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F20" t="s">
-        <v>13</v>
+        <v>83</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="H20" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F21" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H21" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E22" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F22" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="H22" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E23" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F23" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="H23" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E24" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F24" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="H24" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E25" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F25" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="H25" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E26" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F26" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H26" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E27" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F27" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="H27" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E28" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F28" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="H28" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E29" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F29" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="H29" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E30" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F30" t="s">
-        <v>133</v>
+        <v>122</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>95</v>
+        <v>135</v>
       </c>
       <c r="H30" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E31" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F31" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>137</v>
+        <v>101</v>
       </c>
       <c r="H31" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>141</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>142</v>
+      </c>
+      <c r="D32" t="s">
+        <v>17</v>
+      </c>
+      <c r="E32" t="s">
+        <v>18</v>
+      </c>
+      <c r="F32" t="s">
         <v>139</v>
       </c>
-      <c r="B32" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G32" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="H32" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E33" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F33" t="s">
-        <v>35</v>
+        <v>139</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="H33" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E34" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F34" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="H34" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E35" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F35" t="s">
-        <v>107</v>
+        <v>41</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="H35" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E36" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F36" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="H36" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E37" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F37" t="s">
-        <v>52</v>
+        <v>113</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="H37" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E38" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F38" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="H38" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E39" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F39" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H39" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E40" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F40" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="H40" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E41" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F41" t="s">
-        <v>177</v>
+        <v>58</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H41" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E42" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F42" t="s">
-        <v>116</v>
+        <v>183</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="H42" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E43" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F43" t="s">
-        <v>177</v>
+        <v>122</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="H43" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D44" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E44" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F44" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="H44" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D45" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E45" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F45" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="H45" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D46" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E46" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F46" t="s">
-        <v>116</v>
+        <v>183</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="H46" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E47" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F47" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H47" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D48" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E48" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F48" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="H48" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="D49" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E49" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F49" t="s">
-        <v>210</v>
+        <v>122</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H49" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D50" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E50" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F50" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="H50" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="D51" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E51" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F51" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="H51" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D52" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E52" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F52" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="H52" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D53" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E53" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F53" t="s">
-        <v>94</v>
+        <v>216</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="H53" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D54" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E54" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F54" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="H54" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D55" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E55" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F55" t="s">
-        <v>18</v>
+        <v>100</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="H55" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="D56" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E56" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F56" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="H56" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E57" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F57" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="H57" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="D58" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E58" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F58" t="s">
-        <v>247</v>
+        <v>24</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H58" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D59" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E59" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F59" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="H59" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D60" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E60" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F60" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="H60" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="D61" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E61" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F61" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="H61" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="D62" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E62" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F62" t="s">
-        <v>52</v>
+        <v>253</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>95</v>
+        <v>266</v>
       </c>
       <c r="H62" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="D63" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E63" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F63" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>267</v>
+        <v>101</v>
       </c>
       <c r="H63" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="D64" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E64" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F64" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="H64" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="D65" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E65" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F65" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="H65" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="D66" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E66" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F66" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="H66" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="D67" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E67" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F67" t="s">
-        <v>107</v>
+        <v>58</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="H67" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D68" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E68" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F68" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="H68" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="D69" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E69" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F69" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="H69" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="D70" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E70" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F70" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="H70" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="D71" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E71" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F71" t="s">
-        <v>13</v>
+        <v>113</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="H71" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D72" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E72" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F72" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="H72" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="D73" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E73" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F73" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="H73" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="D74" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E74" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F74" t="s">
-        <v>18</v>
+        <v>100</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="H74" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="D75" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E75" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F75" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="H75" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="D76" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E76" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F76" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="H76" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="D77" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E77" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F77" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="H77" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="D78" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E78" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F78" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="H78" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="D79" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E79" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F79" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="H79" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D80" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E80" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F80" t="s">
-        <v>335</v>
+        <v>100</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="H80" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D81" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E81" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F81" t="s">
-        <v>107</v>
+        <v>341</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="H81" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="D82" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E82" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F82" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="H82" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="D83" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E83" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F83" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="H83" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="D84" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E84" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F84" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="H84" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="D85" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E85" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F85" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="H85" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="D86" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E86" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F86" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="H86" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="D87" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E87" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F87" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="H87" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D88" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E88" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F88" t="s">
-        <v>210</v>
+        <v>113</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="H88" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="D89" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E89" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F89" t="s">
-        <v>116</v>
+        <v>216</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="H89" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="D90" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E90" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F90" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="H90" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="D91" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E91" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F91" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="H91" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="D92" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E92" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F92" t="s">
-        <v>52</v>
+        <v>122</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="H92" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="D93" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E93" t="s">
-        <v>12</v>
+        <v>18</v>
+      </c>
+      <c r="F93" t="s">
+        <v>58</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>95</v>
+        <v>390</v>
       </c>
       <c r="H93" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="D94" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E94" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>391</v>
+        <v>101</v>
       </c>
       <c r="H94" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="D95" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E95" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F95" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="H95" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="D96" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E96" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F96" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="H96" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="D97" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E97" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F97" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="H97" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="D98" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E98" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F98" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="H98" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="D99" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E99" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F99" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="H99" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D100" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E100" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F100" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="H100" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="D101" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E101" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F101" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="H101" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="D102" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E102" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F102" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="H102" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="D103" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E103" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F103" t="s">
-        <v>133</v>
+        <v>113</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="H103" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="D104" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E104" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F104" t="s">
-        <v>94</v>
+        <v>139</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="H104" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="D105" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E105" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F105" t="s">
-        <v>52</v>
+        <v>100</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="H105" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="D106" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E106" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F106" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="H106" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="D107" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E107" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F107" t="s">
-        <v>107</v>
+        <v>58</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="H107" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="D108" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E108" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F108" t="s">
-        <v>52</v>
+        <v>113</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="H108" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D109" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E109" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F109" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="H109" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="D110" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E110" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F110" t="s">
-        <v>455</v>
+        <v>58</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="H110" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D111" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E111" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F111" t="s">
-        <v>77</v>
+        <v>461</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="H111" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="D112" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E112" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F112" t="s">
-        <v>107</v>
+        <v>83</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="H112" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="D113" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E113" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F113" t="s">
-        <v>455</v>
+        <v>113</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="H113" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="D114" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E114" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F114" t="s">
-        <v>77</v>
+        <v>461</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>95</v>
+        <v>474</v>
       </c>
       <c r="H114" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="D115" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E115" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F115" t="s">
-        <v>13</v>
+        <v>83</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>475</v>
+        <v>101</v>
       </c>
       <c r="H115" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="D116" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E116" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F116" t="s">
-        <v>107</v>
+        <v>19</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="H116" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="D117" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E117" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F117" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="H117" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="D118" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E118" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F118" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="H118" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="D119" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E119" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F119" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="H119" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="D120" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E120" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F120" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="H120" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="D121" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E121" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F121" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="H121" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="D122" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E122" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F122" t="s">
-        <v>77</v>
+        <v>122</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="H122" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="D123" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E123" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F123" t="s">
-        <v>94</v>
+        <v>83</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="H123" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="D124" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E124" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F124" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="H124" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="D125" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E125" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F125" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="H125" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="D126" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E126" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F126" t="s">
-        <v>52</v>
+        <v>100</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="H126" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="D127" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E127" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F127" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="H127" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="D128" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E128" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F128" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="H128" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="D129" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E129" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F129" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="H129" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="D130" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E130" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F130" t="s">
-        <v>133</v>
+        <v>58</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="H130" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="D131" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E131" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F131" t="s">
-        <v>455</v>
+        <v>139</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="H131" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="D132" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E132" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F132" t="s">
-        <v>77</v>
+        <v>461</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>95</v>
+        <v>545</v>
       </c>
       <c r="H132" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="D133" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E133" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F133" t="s">
-        <v>107</v>
+        <v>83</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>546</v>
+        <v>101</v>
       </c>
       <c r="H133" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="D134" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E134" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F134" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="H134" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="D135" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E135" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F135" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="H135" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="D136" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E136" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F136" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="H136" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="D137" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E137" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F137" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>95</v>
+        <v>564</v>
       </c>
       <c r="H137" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="D138" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E138" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F138" t="s">
-        <v>13</v>
+        <v>113</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>565</v>
+        <v>101</v>
       </c>
       <c r="H138" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="D139" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E139" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F139" t="s">
-        <v>107</v>
+        <v>19</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="H139" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="D140" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E140" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F140" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>95</v>
+        <v>575</v>
       </c>
       <c r="H140" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="D141" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E141" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F141" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>576</v>
+        <v>101</v>
       </c>
       <c r="H141" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="D142" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E142" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F142" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="H142" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="D143" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E143" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F143" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="H143" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="D144" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E144" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F144" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>95</v>
+        <v>590</v>
       </c>
       <c r="H144" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="D145" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E145" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F145" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>591</v>
+        <v>101</v>
       </c>
       <c r="H145" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="D146" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E146" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F146" t="s">
-        <v>35</v>
+        <v>122</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="H146" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="D147" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E147" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F147" t="s">
-        <v>116</v>
+        <v>41</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="H147" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="D148" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E148" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F148" t="s">
-        <v>133</v>
+        <v>122</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="H148" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="D149" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E149" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F149" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="H149" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="D150" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E150" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F150" t="s">
-        <v>107</v>
+        <v>139</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="H150" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="D151" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E151" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F151" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="H151" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="D152" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E152" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F152" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="H152" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="D153" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E153" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F153" t="s">
-        <v>52</v>
+        <v>113</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="H153" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="D154" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E154" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F154" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="H154" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="D155" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E155" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F155" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="H155" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="D156" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E156" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F156" t="s">
-        <v>107</v>
+        <v>58</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="H156" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="D157" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E157" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F157" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="H157" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="D158" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E158" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F158" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="H158" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="D159" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E159" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F159" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="H159" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="D160" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E160" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F160" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="H160" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="D161" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E161" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F161" t="s">
-        <v>13</v>
+        <v>100</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="H161" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="D162" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E162" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F162" t="s">
-        <v>94</v>
+        <v>19</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="H162" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="D163" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E163" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F163" t="s">
-        <v>116</v>
+        <v>100</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="H163" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="D164" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E164" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F164" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="H164" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D165" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E165" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F165" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="H165" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="D166" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E166" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F166" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="H166" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="D167" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E167" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F167" t="s">
-        <v>177</v>
+        <v>122</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="H167" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="D168" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E168" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F168" t="s">
-        <v>52</v>
+        <v>183</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="H168" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="D169" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E169" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F169" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="H169" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="D170" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E170" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F170" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="H170" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="D171" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E171" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F171" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="H171" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="D172" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E172" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F172" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="H172" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="D173" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E173" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F173" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="H173" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="D174" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E174" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F174" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="H174" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="D175" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E175" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F175" t="s">
-        <v>77</v>
+        <v>41</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="H175" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="D176" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E176" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F176" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="H176" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="D177" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E177" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F177" t="s">
-        <v>107</v>
+        <v>83</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="H177" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="D178" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E178" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F178" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="H178" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="D179" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E179" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F179" t="s">
-        <v>35</v>
+        <v>113</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="H179" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="D180" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E180" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F180" t="s">
-        <v>335</v>
+        <v>41</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="H180" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="D181" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E181" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F181" t="s">
-        <v>77</v>
+        <v>41</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="H181" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="D182" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E182" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F182" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>95</v>
+        <v>741</v>
       </c>
       <c r="H182" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="D183" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E183" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F183" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="H183" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="D184" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E184" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F184" t="s">
-        <v>18</v>
+        <v>341</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>746</v>
+        <v>101</v>
       </c>
       <c r="H184" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="D185" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E185" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F185" t="s">
-        <v>116</v>
+        <v>83</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="H185" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="D186" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E186" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F186" t="s">
-        <v>116</v>
+        <v>24</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="H186" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="D187" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E187" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F187" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="H187" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="D188" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E188" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F188" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="H188" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="D189" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E189" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F189" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="H189" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="D190" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E190" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F190" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="H190" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="D191" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E191" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F191" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="H191" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="D192" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E192" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F192" t="s">
-        <v>77</v>
+        <v>113</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="H192" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="D193" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E193" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F193" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="H193" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="D194" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E194" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F194" t="s">
-        <v>35</v>
+        <v>83</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="H194" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="D195" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E195" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F195" t="s">
-        <v>335</v>
+        <v>100</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="H195" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="D196" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E196" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F196" t="s">
-        <v>335</v>
+        <v>41</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="H196" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="D197" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E197" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F197" t="s">
-        <v>35</v>
+        <v>341</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="H197" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="D198" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E198" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F198" t="s">
-        <v>107</v>
+        <v>341</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="H198" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="D199" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E199" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F199" t="s">
-        <v>77</v>
+        <v>41</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="H199" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="D200" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E200" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F200" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="H200" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="D201" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E201" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F201" t="s">
-        <v>133</v>
+        <v>83</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="H201" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="D202" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E202" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F202" t="s">
-        <v>13</v>
+        <v>113</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="H202" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="D203" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E203" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F203" t="s">
-        <v>94</v>
+        <v>139</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="H203" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="D204" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E204" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F204" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>95</v>
+        <v>828</v>
       </c>
       <c r="H204" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="D205" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E205" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F205" t="s">
-        <v>177</v>
+        <v>100</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="H205" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="D206" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E206" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F206" t="s">
-        <v>107</v>
+        <v>83</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>833</v>
+        <v>101</v>
       </c>
       <c r="H206" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="D207" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E207" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F207" t="s">
-        <v>13</v>
+        <v>183</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="H207" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="D208" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E208" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F208" t="s">
-        <v>77</v>
+        <v>113</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="H208" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="D209" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E209" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F209" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="H209" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="D210" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E210" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F210" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="H210" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="D211" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E211" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F211" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="H211" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>10</v>
+        <v>858</v>
       </c>
       <c r="D212" t="s">
-        <v>856</v>
+        <v>17</v>
       </c>
       <c r="E212" t="s">
-        <v>857</v>
+        <v>18</v>
       </c>
       <c r="F212" t="s">
-        <v>35</v>
+        <v>83</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="H212" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>17</v>
+        <v>862</v>
       </c>
       <c r="D213" t="s">
-        <v>856</v>
+        <v>17</v>
       </c>
       <c r="E213" t="s">
-        <v>857</v>
+        <v>18</v>
       </c>
       <c r="F213" t="s">
-        <v>455</v>
+        <v>83</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="H213" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>22</v>
+        <v>866</v>
       </c>
       <c r="D214" t="s">
-        <v>856</v>
+        <v>17</v>
       </c>
       <c r="E214" t="s">
-        <v>857</v>
+        <v>18</v>
       </c>
       <c r="F214" t="s">
-        <v>13</v>
+        <v>83</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="H214" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>866</v>
+        <v>869</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>26</v>
+        <v>870</v>
       </c>
       <c r="D215" t="s">
-        <v>856</v>
+        <v>17</v>
       </c>
       <c r="E215" t="s">
-        <v>857</v>
+        <v>18</v>
       </c>
       <c r="F215" t="s">
-        <v>107</v>
+        <v>83</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="H215" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>30</v>
+        <v>874</v>
       </c>
       <c r="D216" t="s">
-        <v>856</v>
+        <v>17</v>
       </c>
       <c r="E216" t="s">
-        <v>857</v>
+        <v>18</v>
       </c>
       <c r="F216" t="s">
-        <v>94</v>
+        <v>83</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>870</v>
+        <v>875</v>
       </c>
       <c r="H216" t="s">
-        <v>871</v>
+        <v>876</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>34</v>
+        <v>878</v>
       </c>
       <c r="D217" t="s">
-        <v>856</v>
+        <v>17</v>
       </c>
       <c r="E217" t="s">
-        <v>857</v>
+        <v>18</v>
       </c>
       <c r="F217" t="s">
-        <v>335</v>
+        <v>83</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>873</v>
+        <v>879</v>
       </c>
       <c r="H217" t="s">
-        <v>874</v>
+        <v>880</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>875</v>
+        <v>881</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>39</v>
+        <v>882</v>
       </c>
       <c r="D218" t="s">
-        <v>856</v>
+        <v>17</v>
       </c>
       <c r="E218" t="s">
-        <v>857</v>
+        <v>18</v>
       </c>
       <c r="F218" t="s">
-        <v>335</v>
+        <v>83</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>876</v>
+        <v>883</v>
       </c>
       <c r="H218" t="s">
-        <v>877</v>
+        <v>884</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>878</v>
+        <v>885</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>43</v>
+        <v>886</v>
       </c>
       <c r="D219" t="s">
-        <v>856</v>
+        <v>17</v>
       </c>
       <c r="E219" t="s">
-        <v>857</v>
+        <v>18</v>
       </c>
       <c r="F219" t="s">
-        <v>455</v>
+        <v>83</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>879</v>
+        <v>887</v>
       </c>
       <c r="H219" t="s">
-        <v>880</v>
+        <v>888</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>881</v>
+        <v>889</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="D220" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E220" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F220" t="s">
-        <v>177</v>
+        <v>41</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>95</v>
+        <v>892</v>
       </c>
       <c r="H220" t="s">
-        <v>882</v>
+        <v>893</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>883</v>
+        <v>894</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="D221" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E221" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F221" t="s">
-        <v>13</v>
+        <v>461</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>884</v>
+        <v>895</v>
       </c>
       <c r="H221" t="s">
-        <v>885</v>
+        <v>896</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>886</v>
+        <v>897</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>56</v>
+        <v>28</v>
       </c>
       <c r="D222" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E222" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F222" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>887</v>
+        <v>898</v>
       </c>
       <c r="H222" t="s">
-        <v>888</v>
+        <v>899</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>889</v>
+        <v>900</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="D223" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E223" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F223" t="s">
-        <v>177</v>
+        <v>113</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>890</v>
+        <v>901</v>
       </c>
       <c r="H223" t="s">
-        <v>891</v>
+        <v>902</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>892</v>
+        <v>903</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
       <c r="D224" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E224" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F224" t="s">
-        <v>177</v>
+        <v>100</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>893</v>
+        <v>904</v>
       </c>
       <c r="H224" t="s">
-        <v>894</v>
+        <v>905</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>895</v>
+        <v>906</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>68</v>
+        <v>40</v>
       </c>
       <c r="D225" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E225" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F225" t="s">
-        <v>13</v>
+        <v>341</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>896</v>
+        <v>907</v>
       </c>
       <c r="H225" t="s">
-        <v>897</v>
+        <v>908</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>898</v>
+        <v>909</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="D226" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E226" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F226" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>899</v>
+        <v>910</v>
       </c>
       <c r="H226" t="s">
-        <v>900</v>
+        <v>911</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>901</v>
+        <v>912</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>76</v>
+        <v>49</v>
       </c>
       <c r="D227" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E227" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F227" t="s">
-        <v>13</v>
+        <v>461</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>902</v>
+        <v>913</v>
       </c>
       <c r="H227" t="s">
-        <v>903</v>
+        <v>914</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>904</v>
+        <v>915</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>81</v>
+        <v>53</v>
       </c>
       <c r="D228" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E228" t="s">
-        <v>857</v>
+        <v>891</v>
+      </c>
+      <c r="F228" t="s">
+        <v>183</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>905</v>
+        <v>101</v>
       </c>
       <c r="H228" t="s">
-        <v>906</v>
+        <v>916</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>907</v>
+        <v>917</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>85</v>
+        <v>57</v>
       </c>
       <c r="D229" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E229" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F229" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>908</v>
+        <v>918</v>
       </c>
       <c r="H229" t="s">
-        <v>909</v>
+        <v>919</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>910</v>
+        <v>920</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>89</v>
+        <v>62</v>
       </c>
       <c r="D230" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E230" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F230" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>911</v>
+        <v>921</v>
       </c>
       <c r="H230" t="s">
-        <v>912</v>
+        <v>922</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>913</v>
+        <v>923</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>93</v>
+        <v>66</v>
       </c>
       <c r="D231" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E231" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F231" t="s">
-        <v>335</v>
+        <v>183</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>914</v>
+        <v>924</v>
       </c>
       <c r="H231" t="s">
-        <v>915</v>
+        <v>925</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>916</v>
+        <v>926</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>98</v>
+        <v>70</v>
       </c>
       <c r="D232" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E232" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F232" t="s">
-        <v>335</v>
+        <v>183</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>917</v>
+        <v>927</v>
       </c>
       <c r="H232" t="s">
-        <v>918</v>
+        <v>928</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>919</v>
+        <v>929</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>102</v>
+        <v>74</v>
       </c>
       <c r="D233" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E233" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F233" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>920</v>
+        <v>930</v>
       </c>
       <c r="H233" t="s">
-        <v>921</v>
+        <v>931</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>922</v>
+        <v>932</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>106</v>
+        <v>78</v>
       </c>
       <c r="D234" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E234" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F234" t="s">
-        <v>52</v>
+        <v>341</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>923</v>
+        <v>933</v>
       </c>
       <c r="H234" t="s">
-        <v>924</v>
+        <v>934</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>925</v>
+        <v>935</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>111</v>
+        <v>82</v>
       </c>
       <c r="D235" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E235" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F235" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>926</v>
+        <v>936</v>
       </c>
       <c r="H235" t="s">
-        <v>927</v>
+        <v>937</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>928</v>
+        <v>938</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>115</v>
+        <v>87</v>
       </c>
       <c r="D236" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E236" t="s">
-        <v>857</v>
-[...2 lines deleted...]
-        <v>335</v>
+        <v>891</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>929</v>
+        <v>939</v>
       </c>
       <c r="H236" t="s">
-        <v>930</v>
+        <v>940</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>931</v>
+        <v>941</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>120</v>
+        <v>91</v>
       </c>
       <c r="D237" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E237" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F237" t="s">
-        <v>77</v>
+        <v>58</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>932</v>
+        <v>942</v>
       </c>
       <c r="H237" t="s">
-        <v>933</v>
+        <v>943</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>934</v>
+        <v>944</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>124</v>
+        <v>95</v>
       </c>
       <c r="D238" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E238" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F238" t="s">
-        <v>335</v>
+        <v>24</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>935</v>
+        <v>945</v>
       </c>
       <c r="H238" t="s">
-        <v>936</v>
+        <v>946</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>937</v>
+        <v>947</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>128</v>
+        <v>99</v>
       </c>
       <c r="D239" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E239" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F239" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>938</v>
+        <v>948</v>
       </c>
       <c r="H239" t="s">
-        <v>939</v>
+        <v>949</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>940</v>
+        <v>950</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>132</v>
+        <v>104</v>
       </c>
       <c r="D240" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E240" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F240" t="s">
-        <v>77</v>
+        <v>341</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>941</v>
+        <v>951</v>
       </c>
       <c r="H240" t="s">
-        <v>942</v>
+        <v>952</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>943</v>
+        <v>953</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>136</v>
+        <v>108</v>
       </c>
       <c r="D241" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E241" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F241" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>944</v>
+        <v>954</v>
       </c>
       <c r="H241" t="s">
-        <v>945</v>
+        <v>955</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>946</v>
+        <v>956</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>140</v>
+        <v>112</v>
       </c>
       <c r="D242" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E242" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F242" t="s">
-        <v>35</v>
+        <v>58</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>947</v>
+        <v>957</v>
       </c>
       <c r="H242" t="s">
-        <v>948</v>
+        <v>958</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>949</v>
+        <v>959</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>144</v>
+        <v>117</v>
       </c>
       <c r="D243" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E243" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F243" t="s">
-        <v>133</v>
+        <v>83</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>950</v>
+        <v>960</v>
       </c>
       <c r="H243" t="s">
-        <v>951</v>
+        <v>961</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>952</v>
+        <v>962</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>148</v>
+        <v>121</v>
       </c>
       <c r="D244" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E244" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F244" t="s">
-        <v>77</v>
+        <v>341</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>953</v>
+        <v>963</v>
       </c>
       <c r="H244" t="s">
-        <v>954</v>
+        <v>964</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>955</v>
+        <v>965</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>152</v>
+        <v>126</v>
       </c>
       <c r="D245" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E245" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F245" t="s">
-        <v>35</v>
+        <v>83</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>956</v>
+        <v>966</v>
       </c>
       <c r="H245" t="s">
-        <v>957</v>
+        <v>967</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>958</v>
+        <v>968</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>156</v>
+        <v>130</v>
       </c>
       <c r="D246" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E246" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F246" t="s">
-        <v>35</v>
+        <v>341</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>959</v>
+        <v>969</v>
       </c>
       <c r="H246" t="s">
-        <v>960</v>
+        <v>970</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>961</v>
+        <v>971</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>160</v>
+        <v>134</v>
       </c>
       <c r="D247" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E247" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F247" t="s">
-        <v>35</v>
+        <v>341</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>962</v>
+        <v>972</v>
       </c>
       <c r="H247" t="s">
-        <v>963</v>
+        <v>973</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>964</v>
+        <v>974</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>164</v>
+        <v>138</v>
       </c>
       <c r="D248" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E248" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F248" t="s">
-        <v>13</v>
+        <v>83</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>965</v>
+        <v>975</v>
       </c>
       <c r="H248" t="s">
-        <v>966</v>
+        <v>976</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>967</v>
+        <v>977</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>168</v>
+        <v>142</v>
       </c>
       <c r="D249" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E249" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F249" t="s">
-        <v>94</v>
+        <v>41</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>968</v>
+        <v>978</v>
       </c>
       <c r="H249" t="s">
-        <v>969</v>
+        <v>979</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>970</v>
+        <v>980</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>172</v>
+        <v>146</v>
       </c>
       <c r="D250" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E250" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F250" t="s">
-        <v>455</v>
+        <v>41</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>971</v>
+        <v>981</v>
       </c>
       <c r="H250" t="s">
-        <v>972</v>
+        <v>982</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>973</v>
+        <v>983</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>176</v>
+        <v>150</v>
       </c>
       <c r="D251" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E251" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F251" t="s">
-        <v>13</v>
+        <v>139</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>974</v>
+        <v>984</v>
       </c>
       <c r="H251" t="s">
-        <v>975</v>
+        <v>985</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>976</v>
+        <v>986</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>181</v>
+        <v>154</v>
       </c>
       <c r="D252" t="s">
-        <v>856</v>
+        <v>890</v>
       </c>
       <c r="E252" t="s">
-        <v>857</v>
+        <v>891</v>
       </c>
       <c r="F252" t="s">
-        <v>13</v>
+        <v>83</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>977</v>
+        <v>987</v>
       </c>
       <c r="H252" t="s">
-        <v>978</v>
+        <v>988</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>979</v>
+        <v>989</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>509</v>
+        <v>158</v>
       </c>
       <c r="D253" t="s">
-        <v>980</v>
+        <v>890</v>
       </c>
       <c r="E253" t="s">
-        <v>981</v>
+        <v>891</v>
       </c>
       <c r="F253" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>982</v>
+        <v>990</v>
       </c>
       <c r="H253" t="s">
-        <v>983</v>
+        <v>991</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>984</v>
+        <v>992</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>513</v>
+        <v>162</v>
       </c>
       <c r="D254" t="s">
-        <v>980</v>
+        <v>890</v>
       </c>
       <c r="E254" t="s">
-        <v>981</v>
+        <v>891</v>
       </c>
       <c r="F254" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>985</v>
+        <v>993</v>
       </c>
       <c r="H254" t="s">
-        <v>986</v>
+        <v>994</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>987</v>
+        <v>995</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>517</v>
+        <v>166</v>
       </c>
       <c r="D255" t="s">
-        <v>980</v>
+        <v>890</v>
       </c>
       <c r="E255" t="s">
-        <v>981</v>
+        <v>891</v>
+      </c>
+      <c r="F255" t="s">
+        <v>41</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>988</v>
+        <v>996</v>
       </c>
       <c r="H255" t="s">
-        <v>989</v>
+        <v>997</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>990</v>
+        <v>998</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>521</v>
+        <v>170</v>
       </c>
       <c r="D256" t="s">
-        <v>980</v>
+        <v>890</v>
       </c>
       <c r="E256" t="s">
-        <v>981</v>
+        <v>891</v>
       </c>
       <c r="F256" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>991</v>
+        <v>999</v>
       </c>
       <c r="H256" t="s">
-        <v>992</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>993</v>
+        <v>1001</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>525</v>
+        <v>174</v>
       </c>
       <c r="D257" t="s">
-        <v>980</v>
+        <v>890</v>
       </c>
       <c r="E257" t="s">
-        <v>981</v>
+        <v>891</v>
       </c>
       <c r="F257" t="s">
-        <v>77</v>
+        <v>100</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>994</v>
+        <v>1002</v>
       </c>
       <c r="H257" t="s">
-        <v>995</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>996</v>
+        <v>1004</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>529</v>
+        <v>178</v>
       </c>
       <c r="D258" t="s">
-        <v>980</v>
+        <v>890</v>
       </c>
       <c r="E258" t="s">
-        <v>981</v>
+        <v>891</v>
       </c>
       <c r="F258" t="s">
-        <v>177</v>
+        <v>461</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>997</v>
+        <v>1005</v>
       </c>
       <c r="H258" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>999</v>
+        <v>1007</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>533</v>
+        <v>182</v>
       </c>
       <c r="D259" t="s">
-        <v>980</v>
+        <v>890</v>
       </c>
       <c r="E259" t="s">
-        <v>981</v>
+        <v>891</v>
       </c>
       <c r="F259" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>1000</v>
+        <v>1008</v>
       </c>
       <c r="H259" t="s">
-        <v>1001</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>1002</v>
+        <v>1010</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>537</v>
+        <v>187</v>
       </c>
       <c r="D260" t="s">
-        <v>980</v>
+        <v>890</v>
       </c>
       <c r="E260" t="s">
-        <v>981</v>
+        <v>891</v>
       </c>
       <c r="F260" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>1003</v>
+        <v>1011</v>
       </c>
       <c r="H260" t="s">
-        <v>1004</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>1005</v>
+        <v>1013</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>541</v>
+        <v>191</v>
       </c>
       <c r="D261" t="s">
-        <v>980</v>
+        <v>890</v>
       </c>
       <c r="E261" t="s">
-        <v>981</v>
+        <v>891</v>
       </c>
       <c r="F261" t="s">
-        <v>116</v>
+        <v>24</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>1006</v>
+        <v>1014</v>
       </c>
       <c r="H261" t="s">
-        <v>1007</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>1008</v>
+        <v>1016</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>544</v>
+        <v>195</v>
       </c>
       <c r="D262" t="s">
-        <v>980</v>
+        <v>890</v>
       </c>
       <c r="E262" t="s">
-        <v>981</v>
+        <v>891</v>
       </c>
       <c r="F262" t="s">
-        <v>116</v>
+        <v>83</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>1009</v>
+        <v>1017</v>
       </c>
       <c r="H262" t="s">
-        <v>1010</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>1011</v>
+        <v>1019</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>548</v>
+        <v>199</v>
       </c>
       <c r="D263" t="s">
-        <v>980</v>
+        <v>890</v>
       </c>
       <c r="E263" t="s">
-        <v>981</v>
-[...2 lines deleted...]
-        <v>335</v>
+        <v>891</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>1012</v>
+        <v>1020</v>
       </c>
       <c r="H263" t="s">
-        <v>1013</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>1014</v>
+        <v>1022</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>552</v>
+        <v>203</v>
       </c>
       <c r="D264" t="s">
-        <v>980</v>
+        <v>890</v>
       </c>
       <c r="E264" t="s">
-        <v>981</v>
+        <v>891</v>
       </c>
       <c r="F264" t="s">
-        <v>335</v>
+        <v>83</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>1015</v>
+        <v>1023</v>
       </c>
       <c r="H264" t="s">
-        <v>1016</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>1017</v>
+        <v>1025</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>556</v>
+        <v>207</v>
       </c>
       <c r="D265" t="s">
-        <v>980</v>
+        <v>890</v>
       </c>
       <c r="E265" t="s">
-        <v>981</v>
+        <v>891</v>
       </c>
       <c r="F265" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>1018</v>
+        <v>1026</v>
       </c>
       <c r="H265" t="s">
-        <v>1019</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>1020</v>
+        <v>1028</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>560</v>
+        <v>515</v>
       </c>
       <c r="D266" t="s">
-        <v>980</v>
+        <v>1029</v>
       </c>
       <c r="E266" t="s">
-        <v>981</v>
+        <v>1030</v>
       </c>
       <c r="F266" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>1021</v>
+        <v>1031</v>
       </c>
       <c r="H266" t="s">
-        <v>1022</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>1023</v>
+        <v>1033</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>563</v>
+        <v>519</v>
       </c>
       <c r="D267" t="s">
-        <v>980</v>
+        <v>1029</v>
       </c>
       <c r="E267" t="s">
-        <v>981</v>
+        <v>1030</v>
       </c>
       <c r="F267" t="s">
-        <v>177</v>
+        <v>41</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>1024</v>
+        <v>1034</v>
       </c>
       <c r="H267" t="s">
-        <v>1025</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>1026</v>
+        <v>1036</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>567</v>
+        <v>523</v>
       </c>
       <c r="D268" t="s">
-        <v>980</v>
+        <v>1029</v>
       </c>
       <c r="E268" t="s">
-        <v>981</v>
-[...2 lines deleted...]
-        <v>210</v>
+        <v>1030</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>1027</v>
+        <v>1037</v>
       </c>
       <c r="H268" t="s">
-        <v>1028</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B269" t="s">
+        <v>9</v>
+      </c>
+      <c r="C269" t="s">
+        <v>527</v>
+      </c>
+      <c r="D269" t="s">
         <v>1029</v>
       </c>
-      <c r="B269" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E269" t="s">
-        <v>981</v>
+        <v>1030</v>
       </c>
       <c r="F269" t="s">
-        <v>210</v>
+        <v>41</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="H269" t="s">
-        <v>1031</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>1032</v>
+        <v>1042</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>574</v>
+        <v>531</v>
       </c>
       <c r="D270" t="s">
-        <v>980</v>
+        <v>1029</v>
       </c>
       <c r="E270" t="s">
-        <v>981</v>
+        <v>1030</v>
       </c>
       <c r="F270" t="s">
-        <v>107</v>
+        <v>83</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>1033</v>
+        <v>1043</v>
       </c>
       <c r="H270" t="s">
-        <v>1034</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>1035</v>
+        <v>1045</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>578</v>
+        <v>535</v>
       </c>
       <c r="D271" t="s">
-        <v>980</v>
+        <v>1029</v>
       </c>
       <c r="E271" t="s">
-        <v>981</v>
+        <v>1030</v>
       </c>
       <c r="F271" t="s">
-        <v>335</v>
+        <v>183</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>1036</v>
+        <v>1046</v>
       </c>
       <c r="H271" t="s">
-        <v>1037</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>1038</v>
+        <v>1048</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>582</v>
+        <v>539</v>
       </c>
       <c r="D272" t="s">
-        <v>980</v>
+        <v>1029</v>
       </c>
       <c r="E272" t="s">
-        <v>981</v>
+        <v>1030</v>
       </c>
       <c r="F272" t="s">
-        <v>247</v>
+        <v>83</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>95</v>
+        <v>1049</v>
       </c>
       <c r="H272" t="s">
-        <v>1039</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>1040</v>
+        <v>1051</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>593</v>
+        <v>543</v>
       </c>
       <c r="D273" t="s">
-        <v>980</v>
+        <v>1029</v>
       </c>
       <c r="E273" t="s">
-        <v>981</v>
+        <v>1030</v>
       </c>
       <c r="F273" t="s">
-        <v>247</v>
+        <v>19</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>1041</v>
+        <v>1052</v>
       </c>
       <c r="H273" t="s">
-        <v>1042</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>1043</v>
+        <v>1054</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>586</v>
+        <v>547</v>
       </c>
       <c r="D274" t="s">
-        <v>980</v>
+        <v>1029</v>
       </c>
       <c r="E274" t="s">
-        <v>981</v>
+        <v>1030</v>
       </c>
       <c r="F274" t="s">
-        <v>13</v>
+        <v>122</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>1044</v>
+        <v>1055</v>
       </c>
       <c r="H274" t="s">
-        <v>1045</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>1046</v>
+        <v>1057</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>589</v>
+        <v>550</v>
       </c>
       <c r="D275" t="s">
-        <v>980</v>
+        <v>1029</v>
       </c>
       <c r="E275" t="s">
-        <v>981</v>
+        <v>1030</v>
       </c>
       <c r="F275" t="s">
-        <v>13</v>
+        <v>122</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>1047</v>
+        <v>1058</v>
       </c>
       <c r="H275" t="s">
-        <v>1048</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1049</v>
+        <v>1060</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>597</v>
+        <v>554</v>
       </c>
       <c r="D276" t="s">
-        <v>980</v>
+        <v>1029</v>
       </c>
       <c r="E276" t="s">
-        <v>981</v>
+        <v>1030</v>
       </c>
       <c r="F276" t="s">
-        <v>177</v>
+        <v>341</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1050</v>
+        <v>1061</v>
       </c>
       <c r="H276" t="s">
-        <v>1051</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1052</v>
+        <v>1063</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>601</v>
+        <v>558</v>
       </c>
       <c r="D277" t="s">
-        <v>980</v>
+        <v>1029</v>
       </c>
       <c r="E277" t="s">
-        <v>981</v>
+        <v>1030</v>
       </c>
       <c r="F277" t="s">
-        <v>455</v>
+        <v>341</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>1053</v>
+        <v>1064</v>
       </c>
       <c r="H277" t="s">
-        <v>1054</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1055</v>
+        <v>1066</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>605</v>
+        <v>562</v>
       </c>
       <c r="D278" t="s">
-        <v>980</v>
+        <v>1029</v>
       </c>
       <c r="E278" t="s">
-        <v>981</v>
+        <v>1030</v>
+      </c>
+      <c r="F278" t="s">
+        <v>19</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>95</v>
+        <v>1067</v>
       </c>
       <c r="H278" t="s">
-        <v>1056</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1057</v>
+        <v>1069</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>609</v>
+        <v>566</v>
       </c>
       <c r="D279" t="s">
-        <v>980</v>
+        <v>1029</v>
       </c>
       <c r="E279" t="s">
-        <v>981</v>
+        <v>1030</v>
+      </c>
+      <c r="F279" t="s">
+        <v>58</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>95</v>
+        <v>1070</v>
       </c>
       <c r="H279" t="s">
-        <v>1058</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1059</v>
+        <v>1072</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>613</v>
+        <v>569</v>
       </c>
       <c r="D280" t="s">
-        <v>980</v>
+        <v>1029</v>
       </c>
       <c r="E280" t="s">
-        <v>981</v>
+        <v>1030</v>
+      </c>
+      <c r="F280" t="s">
+        <v>183</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>95</v>
+        <v>1073</v>
       </c>
       <c r="H280" t="s">
-        <v>1060</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1061</v>
+        <v>1075</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>617</v>
+        <v>573</v>
       </c>
       <c r="D281" t="s">
-        <v>980</v>
+        <v>1029</v>
       </c>
       <c r="E281" t="s">
-        <v>981</v>
+        <v>1030</v>
+      </c>
+      <c r="F281" t="s">
+        <v>216</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>95</v>
+        <v>1076</v>
       </c>
       <c r="H281" t="s">
-        <v>1062</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1063</v>
+        <v>1078</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>621</v>
+        <v>577</v>
       </c>
       <c r="D282" t="s">
-        <v>980</v>
+        <v>1029</v>
       </c>
       <c r="E282" t="s">
-        <v>981</v>
+        <v>1030</v>
       </c>
       <c r="F282" t="s">
-        <v>177</v>
+        <v>216</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1064</v>
+        <v>1079</v>
       </c>
       <c r="H282" t="s">
-        <v>1065</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1066</v>
+        <v>1081</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>625</v>
+        <v>580</v>
       </c>
       <c r="D283" t="s">
-        <v>980</v>
+        <v>1029</v>
       </c>
       <c r="E283" t="s">
-        <v>981</v>
+        <v>1030</v>
       </c>
       <c r="F283" t="s">
-        <v>177</v>
+        <v>113</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1067</v>
+        <v>1082</v>
       </c>
       <c r="H283" t="s">
-        <v>1068</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1069</v>
+        <v>1084</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>629</v>
+        <v>584</v>
       </c>
       <c r="D284" t="s">
-        <v>980</v>
+        <v>1029</v>
       </c>
       <c r="E284" t="s">
-        <v>981</v>
+        <v>1030</v>
       </c>
       <c r="F284" t="s">
-        <v>107</v>
+        <v>341</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1070</v>
+        <v>1085</v>
       </c>
       <c r="H284" t="s">
-        <v>1071</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1072</v>
+        <v>1087</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>633</v>
+        <v>588</v>
       </c>
       <c r="D285" t="s">
-        <v>980</v>
+        <v>1029</v>
       </c>
       <c r="E285" t="s">
-        <v>981</v>
+        <v>1030</v>
       </c>
       <c r="F285" t="s">
-        <v>94</v>
+        <v>253</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1073</v>
+        <v>101</v>
       </c>
       <c r="H285" t="s">
-        <v>1074</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1075</v>
+        <v>1089</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>1049</v>
+        <v>599</v>
       </c>
       <c r="D286" t="s">
-        <v>1076</v>
+        <v>1029</v>
       </c>
       <c r="E286" t="s">
-        <v>1077</v>
+        <v>1030</v>
       </c>
       <c r="F286" t="s">
-        <v>1078</v>
+        <v>253</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1079</v>
+        <v>1090</v>
       </c>
       <c r="H286" t="s">
-        <v>1080</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1081</v>
+        <v>1092</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>1052</v>
+        <v>592</v>
       </c>
       <c r="D287" t="s">
-        <v>1076</v>
+        <v>1029</v>
       </c>
       <c r="E287" t="s">
-        <v>1077</v>
+        <v>1030</v>
       </c>
       <c r="F287" t="s">
-        <v>177</v>
+        <v>19</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1082</v>
+        <v>1093</v>
       </c>
       <c r="H287" t="s">
-        <v>1083</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1084</v>
+        <v>1095</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>1055</v>
+        <v>595</v>
       </c>
       <c r="D288" t="s">
-        <v>1076</v>
+        <v>1029</v>
       </c>
       <c r="E288" t="s">
-        <v>1077</v>
+        <v>1030</v>
       </c>
       <c r="F288" t="s">
-        <v>335</v>
+        <v>19</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1085</v>
+        <v>1096</v>
       </c>
       <c r="H288" t="s">
-        <v>1086</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1087</v>
+        <v>1098</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>1057</v>
+        <v>603</v>
       </c>
       <c r="D289" t="s">
-        <v>1076</v>
+        <v>1029</v>
       </c>
       <c r="E289" t="s">
-        <v>1077</v>
+        <v>1030</v>
       </c>
       <c r="F289" t="s">
-        <v>1078</v>
+        <v>183</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1088</v>
+        <v>1099</v>
       </c>
       <c r="H289" t="s">
-        <v>1089</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1090</v>
+        <v>1101</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>1059</v>
+        <v>607</v>
       </c>
       <c r="D290" t="s">
-        <v>1076</v>
+        <v>1029</v>
       </c>
       <c r="E290" t="s">
-        <v>1077</v>
+        <v>1030</v>
       </c>
       <c r="F290" t="s">
-        <v>52</v>
+        <v>461</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1091</v>
+        <v>1102</v>
       </c>
       <c r="H290" t="s">
-        <v>1092</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1093</v>
+        <v>1104</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>1063</v>
+        <v>611</v>
       </c>
       <c r="D291" t="s">
-        <v>1076</v>
+        <v>1029</v>
       </c>
       <c r="E291" t="s">
-        <v>1077</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>1030</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1094</v>
+        <v>101</v>
       </c>
       <c r="H291" t="s">
-        <v>1095</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1096</v>
+        <v>1106</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>1066</v>
+        <v>615</v>
       </c>
       <c r="D292" t="s">
-        <v>1076</v>
+        <v>1029</v>
       </c>
       <c r="E292" t="s">
-        <v>1077</v>
-[...2 lines deleted...]
-        <v>210</v>
+        <v>1030</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1097</v>
+        <v>101</v>
       </c>
       <c r="H292" t="s">
-        <v>1098</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1099</v>
+        <v>1108</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>1072</v>
+        <v>619</v>
       </c>
       <c r="D293" t="s">
-        <v>1076</v>
+        <v>1029</v>
       </c>
       <c r="E293" t="s">
-        <v>1077</v>
-[...2 lines deleted...]
-        <v>94</v>
+        <v>1030</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1100</v>
+        <v>101</v>
       </c>
       <c r="H293" t="s">
-        <v>1101</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1102</v>
+        <v>1110</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>733</v>
+        <v>623</v>
       </c>
       <c r="D294" t="s">
-        <v>1076</v>
+        <v>1029</v>
       </c>
       <c r="E294" t="s">
-        <v>1077</v>
-[...2 lines deleted...]
-        <v>1078</v>
+        <v>1030</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1103</v>
+        <v>101</v>
       </c>
       <c r="H294" t="s">
-        <v>1104</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1105</v>
+        <v>1112</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>740</v>
+        <v>627</v>
       </c>
       <c r="D295" t="s">
-        <v>1076</v>
+        <v>1029</v>
       </c>
       <c r="E295" t="s">
-        <v>1077</v>
+        <v>1030</v>
       </c>
       <c r="F295" t="s">
-        <v>1078</v>
+        <v>183</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1106</v>
+        <v>1113</v>
       </c>
       <c r="H295" t="s">
-        <v>1107</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1108</v>
+        <v>1115</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>937</v>
+        <v>631</v>
       </c>
       <c r="D296" t="s">
-        <v>1076</v>
+        <v>1029</v>
       </c>
       <c r="E296" t="s">
-        <v>1077</v>
+        <v>1030</v>
       </c>
       <c r="F296" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1109</v>
+        <v>1116</v>
       </c>
       <c r="H296" t="s">
-        <v>1110</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1111</v>
+        <v>1118</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>940</v>
+        <v>635</v>
       </c>
       <c r="D297" t="s">
-        <v>1076</v>
+        <v>1029</v>
       </c>
       <c r="E297" t="s">
-        <v>1077</v>
+        <v>1030</v>
       </c>
       <c r="F297" t="s">
-        <v>177</v>
+        <v>113</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1112</v>
+        <v>1119</v>
       </c>
       <c r="H297" t="s">
-        <v>1113</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1114</v>
+        <v>1121</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>934</v>
+        <v>639</v>
       </c>
       <c r="D298" t="s">
-        <v>1076</v>
+        <v>1029</v>
       </c>
       <c r="E298" t="s">
-        <v>1077</v>
+        <v>1030</v>
       </c>
       <c r="F298" t="s">
-        <v>1078</v>
+        <v>100</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="H298" t="s">
-        <v>1116</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1117</v>
+        <v>1124</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>946</v>
+        <v>889</v>
       </c>
       <c r="D299" t="s">
-        <v>1076</v>
+        <v>1029</v>
       </c>
       <c r="E299" t="s">
-        <v>1077</v>
+        <v>1030</v>
       </c>
       <c r="F299" t="s">
-        <v>1118</v>
+        <v>58</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1119</v>
+        <v>1125</v>
       </c>
       <c r="H299" t="s">
-        <v>1120</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1121</v>
+        <v>1127</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>744</v>
+        <v>894</v>
       </c>
       <c r="D300" t="s">
-        <v>1076</v>
+        <v>1029</v>
       </c>
       <c r="E300" t="s">
-        <v>1077</v>
+        <v>1030</v>
       </c>
       <c r="F300" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1122</v>
+        <v>1128</v>
       </c>
       <c r="H300" t="s">
-        <v>1123</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1124</v>
+        <v>1130</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>752</v>
+        <v>897</v>
       </c>
       <c r="D301" t="s">
-        <v>1076</v>
+        <v>1029</v>
       </c>
       <c r="E301" t="s">
-        <v>1077</v>
+        <v>1030</v>
       </c>
       <c r="F301" t="s">
-        <v>1078</v>
+        <v>58</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1125</v>
+        <v>1131</v>
       </c>
       <c r="H301" t="s">
-        <v>1126</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1127</v>
+        <v>1133</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>949</v>
+        <v>900</v>
       </c>
       <c r="D302" t="s">
-        <v>1076</v>
+        <v>1029</v>
       </c>
       <c r="E302" t="s">
-        <v>1077</v>
+        <v>1030</v>
       </c>
       <c r="F302" t="s">
-        <v>1078</v>
+        <v>341</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1128</v>
+        <v>1134</v>
       </c>
       <c r="H302" t="s">
-        <v>1129</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1130</v>
+        <v>1136</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>955</v>
+        <v>903</v>
       </c>
       <c r="D303" t="s">
-        <v>1076</v>
+        <v>1029</v>
       </c>
       <c r="E303" t="s">
-        <v>1077</v>
+        <v>1030</v>
       </c>
       <c r="F303" t="s">
-        <v>107</v>
+        <v>461</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1131</v>
+        <v>1137</v>
       </c>
       <c r="H303" t="s">
-        <v>1132</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1133</v>
+        <v>1139</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>961</v>
+        <v>1098</v>
       </c>
       <c r="D304" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E304" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F304" t="s">
-        <v>94</v>
+        <v>1142</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1134</v>
+        <v>1143</v>
       </c>
       <c r="H304" t="s">
-        <v>1135</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1136</v>
+        <v>1145</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>1137</v>
+        <v>1101</v>
       </c>
       <c r="D305" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E305" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F305" t="s">
-        <v>116</v>
+        <v>183</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1138</v>
+        <v>1146</v>
       </c>
       <c r="H305" t="s">
-        <v>1139</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B306" t="s">
+        <v>9</v>
+      </c>
+      <c r="C306" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D306" t="s">
         <v>1140</v>
       </c>
-      <c r="B306" t="s">
-[...2 lines deleted...]
-      <c r="C306" t="s">
+      <c r="E306" t="s">
         <v>1141</v>
       </c>
-      <c r="D306" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F306" t="s">
-        <v>177</v>
+        <v>341</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1142</v>
+        <v>1149</v>
       </c>
       <c r="H306" t="s">
-        <v>1143</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1144</v>
+        <v>1151</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>764</v>
+        <v>1106</v>
       </c>
       <c r="D307" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E307" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F307" t="s">
-        <v>94</v>
+        <v>1142</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1145</v>
+        <v>1152</v>
       </c>
       <c r="H307" t="s">
-        <v>1146</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1137</v>
+        <v>1154</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>768</v>
+        <v>1108</v>
       </c>
       <c r="D308" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E308" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F308" t="s">
-        <v>77</v>
+        <v>58</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1147</v>
+        <v>1155</v>
       </c>
       <c r="H308" t="s">
-        <v>1148</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1149</v>
+        <v>1157</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>772</v>
+        <v>1112</v>
       </c>
       <c r="D309" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E309" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F309" t="s">
-        <v>1078</v>
+        <v>183</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1150</v>
+        <v>1158</v>
       </c>
       <c r="H309" t="s">
-        <v>1151</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1152</v>
+        <v>1160</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>776</v>
+        <v>1115</v>
       </c>
       <c r="D310" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E310" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F310" t="s">
-        <v>1078</v>
+        <v>216</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1153</v>
+        <v>1161</v>
       </c>
       <c r="H310" t="s">
-        <v>1154</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1155</v>
+        <v>1163</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>964</v>
+        <v>1121</v>
       </c>
       <c r="D311" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E311" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F311" t="s">
-        <v>1078</v>
+        <v>100</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1156</v>
+        <v>1164</v>
       </c>
       <c r="H311" t="s">
-        <v>1157</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1158</v>
+        <v>1166</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>1158</v>
+        <v>743</v>
       </c>
       <c r="D312" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E312" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F312" t="s">
-        <v>94</v>
+        <v>1142</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1159</v>
+        <v>1167</v>
       </c>
       <c r="H312" t="s">
-        <v>1160</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1161</v>
+        <v>1169</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>1162</v>
+        <v>750</v>
       </c>
       <c r="D313" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E313" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F313" t="s">
-        <v>107</v>
+        <v>1142</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1163</v>
+        <v>1170</v>
       </c>
       <c r="H313" t="s">
-        <v>1164</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1165</v>
+        <v>1172</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>967</v>
+        <v>971</v>
       </c>
       <c r="D314" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E314" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F314" t="s">
-        <v>13</v>
+        <v>183</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1166</v>
+        <v>1173</v>
       </c>
       <c r="H314" t="s">
-        <v>1167</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1168</v>
+        <v>1175</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>780</v>
+        <v>974</v>
       </c>
       <c r="D315" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E315" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F315" t="s">
-        <v>107</v>
+        <v>183</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1169</v>
+        <v>1176</v>
       </c>
       <c r="H315" t="s">
-        <v>1170</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1171</v>
+        <v>1178</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>788</v>
+        <v>968</v>
       </c>
       <c r="D316" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E316" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F316" t="s">
-        <v>177</v>
+        <v>1142</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1172</v>
+        <v>1179</v>
       </c>
       <c r="H316" t="s">
-        <v>1173</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1174</v>
+        <v>1181</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>792</v>
+        <v>977</v>
       </c>
       <c r="D317" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E317" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F317" t="s">
-        <v>116</v>
+        <v>100</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1175</v>
+        <v>1182</v>
       </c>
       <c r="H317" t="s">
-        <v>1176</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1177</v>
+        <v>1184</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>796</v>
+        <v>980</v>
       </c>
       <c r="D318" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E318" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F318" t="s">
-        <v>77</v>
+        <v>1185</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1178</v>
+        <v>1186</v>
       </c>
       <c r="H318" t="s">
-        <v>1179</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1180</v>
+        <v>1188</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>1181</v>
+        <v>754</v>
       </c>
       <c r="D319" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E319" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F319" t="s">
-        <v>1078</v>
+        <v>19</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1182</v>
+        <v>1189</v>
       </c>
       <c r="H319" t="s">
-        <v>1183</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1184</v>
+        <v>1191</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>1185</v>
+        <v>762</v>
       </c>
       <c r="D320" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E320" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F320" t="s">
-        <v>210</v>
+        <v>1142</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1186</v>
+        <v>1192</v>
       </c>
       <c r="H320" t="s">
-        <v>1187</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1188</v>
+        <v>1194</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>1189</v>
+        <v>770</v>
       </c>
       <c r="D321" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E321" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F321" t="s">
-        <v>455</v>
+        <v>1142</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1190</v>
+        <v>1195</v>
       </c>
       <c r="H321" t="s">
-        <v>1191</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1192</v>
+        <v>1197</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>1193</v>
+        <v>983</v>
       </c>
       <c r="D322" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E322" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F322" t="s">
-        <v>177</v>
+        <v>1142</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1194</v>
+        <v>1198</v>
       </c>
       <c r="H322" t="s">
-        <v>1195</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1196</v>
+        <v>1200</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>1197</v>
+        <v>989</v>
       </c>
       <c r="D323" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E323" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F323" t="s">
-        <v>1078</v>
+        <v>113</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
       <c r="H323" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>1201</v>
+        <v>995</v>
       </c>
       <c r="D324" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E324" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F324" t="s">
-        <v>1078</v>
+        <v>100</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="H324" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="D325" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E325" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F325" t="s">
-        <v>1078</v>
+        <v>122</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="H325" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="D326" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E326" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F326" t="s">
-        <v>1078</v>
+        <v>183</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="H326" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>1213</v>
+        <v>774</v>
       </c>
       <c r="D327" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E327" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F327" t="s">
-        <v>1214</v>
+        <v>100</v>
       </c>
       <c r="G327" s="1" t="s">
         <v>1215</v>
       </c>
       <c r="H327" t="s">
         <v>1216</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B328" t="s">
+        <v>9</v>
+      </c>
+      <c r="C328" t="s">
+        <v>778</v>
+      </c>
+      <c r="D328" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E328" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F328" t="s">
+        <v>83</v>
+      </c>
+      <c r="G328" s="1" t="s">
         <v>1217</v>
       </c>
-      <c r="B328" t="s">
-[...2 lines deleted...]
-      <c r="C328" t="s">
+      <c r="H328" t="s">
         <v>1218</v>
-      </c>
-[...13 lines deleted...]
-        <v>1220</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B329" t="s">
+        <v>9</v>
+      </c>
+      <c r="C329" t="s">
+        <v>782</v>
+      </c>
+      <c r="D329" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E329" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F329" t="s">
+        <v>1142</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>1220</v>
+      </c>
+      <c r="H329" t="s">
         <v>1221</v>
-      </c>
-[...19 lines deleted...]
-        <v>1224</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1225</v>
+        <v>1222</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>1226</v>
+        <v>786</v>
       </c>
       <c r="D330" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E330" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F330" t="s">
-        <v>1078</v>
+        <v>1142</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1227</v>
+        <v>1223</v>
       </c>
       <c r="H330" t="s">
-        <v>1228</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1229</v>
+        <v>1225</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>1230</v>
+        <v>998</v>
       </c>
       <c r="D331" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E331" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F331" t="s">
-        <v>1078</v>
+        <v>1142</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1231</v>
+        <v>1226</v>
       </c>
       <c r="H331" t="s">
-        <v>1232</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1233</v>
+        <v>1228</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>1174</v>
+        <v>1228</v>
       </c>
       <c r="D332" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E332" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F332" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1234</v>
+        <v>1229</v>
       </c>
       <c r="H332" t="s">
-        <v>1235</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1236</v>
+        <v>1231</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>808</v>
+        <v>1232</v>
       </c>
       <c r="D333" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E333" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F333" t="s">
-        <v>107</v>
+        <v>1142</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1237</v>
+        <v>1233</v>
       </c>
       <c r="H333" t="s">
-        <v>1238</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1239</v>
+        <v>1235</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>1217</v>
+        <v>1236</v>
       </c>
       <c r="D334" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E334" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F334" t="s">
-        <v>1078</v>
+        <v>113</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1240</v>
+        <v>1237</v>
       </c>
       <c r="H334" t="s">
-        <v>1241</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1242</v>
+        <v>1239</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>1243</v>
+        <v>1001</v>
       </c>
       <c r="D335" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E335" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F335" t="s">
-        <v>1078</v>
+        <v>19</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1244</v>
+        <v>1240</v>
       </c>
       <c r="H335" t="s">
-        <v>1245</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1246</v>
+        <v>1242</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>970</v>
+        <v>1243</v>
       </c>
       <c r="D336" t="s">
-        <v>1076</v>
+        <v>1140</v>
       </c>
       <c r="E336" t="s">
-        <v>1077</v>
+        <v>1141</v>
       </c>
       <c r="F336" t="s">
-        <v>1078</v>
+        <v>1142</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1247</v>
+        <v>1244</v>
       </c>
       <c r="H336" t="s">
-        <v>1248</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B337" t="s">
+        <v>9</v>
+      </c>
+      <c r="C337" t="s">
+        <v>1247</v>
+      </c>
+      <c r="D337" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E337" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F337" t="s">
+        <v>1142</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>1248</v>
+      </c>
+      <c r="H337" t="s">
         <v>1249</v>
       </c>
-      <c r="B337" t="s">
-[...2 lines deleted...]
-      <c r="C337" t="s">
+    </row>
+    <row r="338" spans="1:8">
+      <c r="A338" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B338" t="s">
+        <v>9</v>
+      </c>
+      <c r="C338" t="s">
+        <v>790</v>
+      </c>
+      <c r="D338" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E338" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F338" t="s">
+        <v>113</v>
+      </c>
+      <c r="G338" s="1" t="s">
+        <v>1251</v>
+      </c>
+      <c r="H338" t="s">
+        <v>1252</v>
+      </c>
+    </row>
+    <row r="339" spans="1:8">
+      <c r="A339" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B339" t="s">
+        <v>9</v>
+      </c>
+      <c r="C339" t="s">
+        <v>794</v>
+      </c>
+      <c r="D339" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E339" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F339" t="s">
+        <v>1142</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>1254</v>
+      </c>
+      <c r="H339" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="340" spans="1:8">
+      <c r="A340" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B340" t="s">
+        <v>9</v>
+      </c>
+      <c r="C340" t="s">
+        <v>798</v>
+      </c>
+      <c r="D340" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E340" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F340" t="s">
+        <v>183</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>1257</v>
+      </c>
+      <c r="H340" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8">
+      <c r="A341" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B341" t="s">
+        <v>9</v>
+      </c>
+      <c r="C341" t="s">
+        <v>802</v>
+      </c>
+      <c r="D341" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E341" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F341" t="s">
+        <v>122</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>1260</v>
+      </c>
+      <c r="H341" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8">
+      <c r="A342" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B342" t="s">
+        <v>9</v>
+      </c>
+      <c r="C342" t="s">
+        <v>806</v>
+      </c>
+      <c r="D342" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E342" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F342" t="s">
+        <v>83</v>
+      </c>
+      <c r="G342" s="1" t="s">
+        <v>1263</v>
+      </c>
+      <c r="H342" t="s">
+        <v>1264</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8">
+      <c r="A343" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B343" t="s">
+        <v>9</v>
+      </c>
+      <c r="C343" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D343" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E343" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F343" t="s">
+        <v>1142</v>
+      </c>
+      <c r="G343" s="1" t="s">
+        <v>1267</v>
+      </c>
+      <c r="H343" t="s">
+        <v>1268</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8">
+      <c r="A344" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B344" t="s">
+        <v>9</v>
+      </c>
+      <c r="C344" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D344" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E344" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F344" t="s">
+        <v>1142</v>
+      </c>
+      <c r="G344" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="H344" t="s">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8">
+      <c r="A345" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B345" t="s">
+        <v>9</v>
+      </c>
+      <c r="C345" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D345" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E345" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F345" t="s">
+        <v>216</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H345" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8">
+      <c r="A346" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B346" t="s">
+        <v>9</v>
+      </c>
+      <c r="C346" t="s">
+        <v>1278</v>
+      </c>
+      <c r="D346" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E346" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F346" t="s">
+        <v>461</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>1279</v>
+      </c>
+      <c r="H346" t="s">
+        <v>1280</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8">
+      <c r="A347" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B347" t="s">
+        <v>9</v>
+      </c>
+      <c r="C347" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D347" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E347" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F347" t="s">
+        <v>183</v>
+      </c>
+      <c r="G347" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H347" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8">
+      <c r="A348" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B348" t="s">
+        <v>9</v>
+      </c>
+      <c r="C348" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D348" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E348" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F348" t="s">
+        <v>1142</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H348" t="s">
+        <v>1288</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349" t="s">
+        <v>1289</v>
+      </c>
+      <c r="B349" t="s">
+        <v>9</v>
+      </c>
+      <c r="C349" t="s">
+        <v>1290</v>
+      </c>
+      <c r="D349" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E349" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F349" t="s">
+        <v>1142</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>1291</v>
+      </c>
+      <c r="H349" t="s">
+        <v>1292</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B350" t="s">
+        <v>9</v>
+      </c>
+      <c r="C350" t="s">
+        <v>1294</v>
+      </c>
+      <c r="D350" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E350" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F350" t="s">
+        <v>1142</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>1295</v>
+      </c>
+      <c r="H350" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8">
+      <c r="A351" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B351" t="s">
+        <v>9</v>
+      </c>
+      <c r="C351" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D351" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E351" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F351" t="s">
+        <v>1142</v>
+      </c>
+      <c r="G351" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="H351" t="s">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8">
+      <c r="A352" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B352" t="s">
+        <v>9</v>
+      </c>
+      <c r="C352" t="s">
+        <v>1302</v>
+      </c>
+      <c r="D352" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E352" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F352" t="s">
+        <v>216</v>
+      </c>
+      <c r="G352" s="1" t="s">
+        <v>1303</v>
+      </c>
+      <c r="H352" t="s">
+        <v>1304</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8">
+      <c r="A353" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B353" t="s">
+        <v>9</v>
+      </c>
+      <c r="C353" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D353" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E353" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F353" t="s">
+        <v>1142</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>1307</v>
+      </c>
+      <c r="H353" t="s">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8">
+      <c r="A354" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B354" t="s">
+        <v>9</v>
+      </c>
+      <c r="C354" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D354" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E354" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F354" t="s">
+        <v>13</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>1311</v>
+      </c>
+      <c r="H354" t="s">
+        <v>1312</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8">
+      <c r="A355" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B355" t="s">
+        <v>9</v>
+      </c>
+      <c r="C355" t="s">
+        <v>1314</v>
+      </c>
+      <c r="D355" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E355" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F355" t="s">
+        <v>216</v>
+      </c>
+      <c r="G355" s="1" t="s">
+        <v>1315</v>
+      </c>
+      <c r="H355" t="s">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8">
+      <c r="A356" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B356" t="s">
+        <v>9</v>
+      </c>
+      <c r="C356" t="s">
+        <v>1318</v>
+      </c>
+      <c r="D356" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E356" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F356" t="s">
+        <v>83</v>
+      </c>
+      <c r="G356" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="H356" t="s">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8">
+      <c r="A357" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B357" t="s">
+        <v>9</v>
+      </c>
+      <c r="C357" t="s">
+        <v>1322</v>
+      </c>
+      <c r="D357" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E357" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F357" t="s">
+        <v>1142</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>1323</v>
+      </c>
+      <c r="H357" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B358" t="s">
+        <v>9</v>
+      </c>
+      <c r="C358" t="s">
+        <v>1326</v>
+      </c>
+      <c r="D358" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E358" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F358" t="s">
+        <v>1142</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>1327</v>
+      </c>
+      <c r="H358" t="s">
+        <v>1328</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8">
+      <c r="A359" t="s">
+        <v>1329</v>
+      </c>
+      <c r="B359" t="s">
+        <v>9</v>
+      </c>
+      <c r="C359" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D359" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E359" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F359" t="s">
+        <v>113</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>1330</v>
+      </c>
+      <c r="H359" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="360" spans="1:8">
+      <c r="A360" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B360" t="s">
+        <v>9</v>
+      </c>
+      <c r="C360" t="s">
+        <v>810</v>
+      </c>
+      <c r="D360" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E360" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F360" t="s">
+        <v>1142</v>
+      </c>
+      <c r="G360" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="H360" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="361" spans="1:8">
+      <c r="A361" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B361" t="s">
+        <v>9</v>
+      </c>
+      <c r="C361" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D361" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E361" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F361" t="s">
+        <v>1142</v>
+      </c>
+      <c r="G361" s="1" t="s">
+        <v>1337</v>
+      </c>
+      <c r="H361" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="362" spans="1:8">
+      <c r="A362" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B362" t="s">
+        <v>9</v>
+      </c>
+      <c r="C362" t="s">
+        <v>818</v>
+      </c>
+      <c r="D362" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E362" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F362" t="s">
+        <v>113</v>
+      </c>
+      <c r="G362" s="1" t="s">
+        <v>1340</v>
+      </c>
+      <c r="H362" t="s">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="363" spans="1:8">
+      <c r="A363" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B363" t="s">
+        <v>9</v>
+      </c>
+      <c r="C363" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D363" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E363" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F363" t="s">
+        <v>1142</v>
+      </c>
+      <c r="G363" s="1" t="s">
+        <v>1343</v>
+      </c>
+      <c r="H363" t="s">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="364" spans="1:8">
+      <c r="A364" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B364" t="s">
+        <v>9</v>
+      </c>
+      <c r="C364" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D364" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E364" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F364" t="s">
+        <v>1142</v>
+      </c>
+      <c r="G364" s="1" t="s">
+        <v>1347</v>
+      </c>
+      <c r="H364" t="s">
+        <v>1348</v>
+      </c>
+    </row>
+    <row r="365" spans="1:8">
+      <c r="A365" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B365" t="s">
+        <v>9</v>
+      </c>
+      <c r="C365" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D365" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E365" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F365" t="s">
+        <v>1142</v>
+      </c>
+      <c r="G365" s="1" t="s">
+        <v>1350</v>
+      </c>
+      <c r="H365" t="s">
+        <v>1351</v>
+      </c>
+    </row>
+    <row r="366" spans="1:8">
+      <c r="A366" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B366" t="s">
+        <v>9</v>
+      </c>
+      <c r="C366" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D366" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E366" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F366" t="s">
+        <v>1142</v>
+      </c>
+      <c r="G366" s="1" t="s">
+        <v>1353</v>
+      </c>
+      <c r="H366" t="s">
+        <v>1354</v>
+      </c>
+    </row>
+    <row r="367" spans="1:8">
+      <c r="A367" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B367" t="s">
+        <v>9</v>
+      </c>
+      <c r="C367" t="s">
         <v>10</v>
       </c>
-      <c r="D337" t="s">
-[...12 lines deleted...]
-        <v>1253</v>
+      <c r="D367" t="s">
+        <v>1356</v>
+      </c>
+      <c r="E367" t="s">
+        <v>1357</v>
+      </c>
+      <c r="F367" t="s">
+        <v>100</v>
+      </c>
+      <c r="G367" s="1" t="s">
+        <v>1358</v>
+      </c>
+      <c r="H367" t="s">
+        <v>1359</v>
+      </c>
+    </row>
+    <row r="368" spans="1:8">
+      <c r="A368" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B368" t="s">
+        <v>9</v>
+      </c>
+      <c r="C368" t="s">
+        <v>23</v>
+      </c>
+      <c r="D368" t="s">
+        <v>1356</v>
+      </c>
+      <c r="E368" t="s">
+        <v>1357</v>
+      </c>
+      <c r="F368" t="s">
+        <v>461</v>
+      </c>
+      <c r="G368" s="1" t="s">
+        <v>1361</v>
+      </c>
+      <c r="H368" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="369" spans="1:8">
+      <c r="A369" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B369" t="s">
+        <v>9</v>
+      </c>
+      <c r="C369" t="s">
+        <v>28</v>
+      </c>
+      <c r="D369" t="s">
+        <v>1356</v>
+      </c>
+      <c r="E369" t="s">
+        <v>1357</v>
+      </c>
+      <c r="F369" t="s">
+        <v>183</v>
+      </c>
+      <c r="G369" s="1" t="s">
+        <v>1364</v>
+      </c>
+      <c r="H369" t="s">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="370" spans="1:8">
+      <c r="A370" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B370" t="s">
+        <v>9</v>
+      </c>
+      <c r="C370" t="s">
+        <v>32</v>
+      </c>
+      <c r="D370" t="s">
+        <v>1356</v>
+      </c>
+      <c r="E370" t="s">
+        <v>1357</v>
+      </c>
+      <c r="F370" t="s">
+        <v>183</v>
+      </c>
+      <c r="G370" s="1" t="s">
+        <v>1367</v>
+      </c>
+      <c r="H370" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="371" spans="1:8">
+      <c r="A371" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B371" t="s">
+        <v>9</v>
+      </c>
+      <c r="C371" t="s">
+        <v>36</v>
+      </c>
+      <c r="D371" t="s">
+        <v>1356</v>
+      </c>
+      <c r="E371" t="s">
+        <v>1357</v>
+      </c>
+      <c r="F371" t="s">
+        <v>58</v>
+      </c>
+      <c r="G371" s="1" t="s">
+        <v>1370</v>
+      </c>
+      <c r="H371" t="s">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="372" spans="1:8">
+      <c r="A372" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B372" t="s">
+        <v>9</v>
+      </c>
+      <c r="C372" t="s">
+        <v>10</v>
+      </c>
+      <c r="D372" t="s">
+        <v>1373</v>
+      </c>
+      <c r="E372" t="s">
+        <v>1374</v>
+      </c>
+      <c r="F372" t="s">
+        <v>1142</v>
+      </c>
+      <c r="G372" s="1" t="s">
+        <v>1375</v>
+      </c>
+      <c r="H372" t="s">
+        <v>1376</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -13239,50 +14516,85 @@
     <hyperlink ref="G313" r:id="rId312"/>
     <hyperlink ref="G314" r:id="rId313"/>
     <hyperlink ref="G315" r:id="rId314"/>
     <hyperlink ref="G316" r:id="rId315"/>
     <hyperlink ref="G317" r:id="rId316"/>
     <hyperlink ref="G318" r:id="rId317"/>
     <hyperlink ref="G319" r:id="rId318"/>
     <hyperlink ref="G320" r:id="rId319"/>
     <hyperlink ref="G321" r:id="rId320"/>
     <hyperlink ref="G322" r:id="rId321"/>
     <hyperlink ref="G323" r:id="rId322"/>
     <hyperlink ref="G324" r:id="rId323"/>
     <hyperlink ref="G325" r:id="rId324"/>
     <hyperlink ref="G326" r:id="rId325"/>
     <hyperlink ref="G327" r:id="rId326"/>
     <hyperlink ref="G328" r:id="rId327"/>
     <hyperlink ref="G329" r:id="rId328"/>
     <hyperlink ref="G330" r:id="rId329"/>
     <hyperlink ref="G331" r:id="rId330"/>
     <hyperlink ref="G332" r:id="rId331"/>
     <hyperlink ref="G333" r:id="rId332"/>
     <hyperlink ref="G334" r:id="rId333"/>
     <hyperlink ref="G335" r:id="rId334"/>
     <hyperlink ref="G336" r:id="rId335"/>
     <hyperlink ref="G337" r:id="rId336"/>
+    <hyperlink ref="G338" r:id="rId337"/>
+    <hyperlink ref="G339" r:id="rId338"/>
+    <hyperlink ref="G340" r:id="rId339"/>
+    <hyperlink ref="G341" r:id="rId340"/>
+    <hyperlink ref="G342" r:id="rId341"/>
+    <hyperlink ref="G343" r:id="rId342"/>
+    <hyperlink ref="G344" r:id="rId343"/>
+    <hyperlink ref="G345" r:id="rId344"/>
+    <hyperlink ref="G346" r:id="rId345"/>
+    <hyperlink ref="G347" r:id="rId346"/>
+    <hyperlink ref="G348" r:id="rId347"/>
+    <hyperlink ref="G349" r:id="rId348"/>
+    <hyperlink ref="G350" r:id="rId349"/>
+    <hyperlink ref="G351" r:id="rId350"/>
+    <hyperlink ref="G352" r:id="rId351"/>
+    <hyperlink ref="G353" r:id="rId352"/>
+    <hyperlink ref="G354" r:id="rId353"/>
+    <hyperlink ref="G355" r:id="rId354"/>
+    <hyperlink ref="G356" r:id="rId355"/>
+    <hyperlink ref="G357" r:id="rId356"/>
+    <hyperlink ref="G358" r:id="rId357"/>
+    <hyperlink ref="G359" r:id="rId358"/>
+    <hyperlink ref="G360" r:id="rId359"/>
+    <hyperlink ref="G361" r:id="rId360"/>
+    <hyperlink ref="G362" r:id="rId361"/>
+    <hyperlink ref="G363" r:id="rId362"/>
+    <hyperlink ref="G364" r:id="rId363"/>
+    <hyperlink ref="G365" r:id="rId364"/>
+    <hyperlink ref="G366" r:id="rId365"/>
+    <hyperlink ref="G367" r:id="rId366"/>
+    <hyperlink ref="G368" r:id="rId367"/>
+    <hyperlink ref="G369" r:id="rId368"/>
+    <hyperlink ref="G370" r:id="rId369"/>
+    <hyperlink ref="G371" r:id="rId370"/>
+    <hyperlink ref="G372" r:id="rId371"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>