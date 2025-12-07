--- v0 (2025-10-03)
+++ v1 (2025-12-07)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1512" uniqueCount="774">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1648" uniqueCount="845">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -2357,50 +2357,264 @@
     <t>Indica ao Exmo. Sr. Prefeito Municipal, que a Secretaria de Saúde contrate um psicólogo para atender no PSF do Distrito de Caldeiras e demais unidades de saúde que não tem atendimento desse profissional.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/793/indicacao_no._189-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao executivo Municipal, que seja elaborado um projeto junto a Secretaria de Meio Ambiente que, institui a obrigatoriedade da limpeza e manutenção dos terrenos baldios sem edificações em todos os Bairros do Município e a proibição de queimadas nos mesmos, e para facilitar e auxiliar o trabalho dos fiscais do Município, implementar um sistema de bonificações por resultado a denunciantes que voluntariamente forneçam denúncias com informações originais que levem à elucidação de crimes ambientais (queimadas) em lotes urbanos e rurais, ainda que sejam considerados propriedades privadas, tendo como base as minutas dos projetos de lei enviadas em anexo.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/794/indicacao_no._190-2022.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal, a manutenção dos Semáforos e a Pintura de todos os quebra-molas e faixas de pedestres da cidade de Caetité-Ba.</t>
+  </si>
+  <si>
+    <t>1168</t>
+  </si>
+  <si>
+    <t>982</t>
+  </si>
+  <si>
+    <t>PLO</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária</t>
+  </si>
+  <si>
+    <t>EXECUTIVO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1168/projeto_de_lei_no_982_prefeitura.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a promover remanejamentos, transposições e transferências de saldo entre categorias de programação e órgãos previsto na Lei Orçamentária no- 898/2021, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1169</t>
+  </si>
+  <si>
+    <t>983</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1169/projeto_de_lei_no_983_prefeitura.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PREFEITO MUNICIPAL A CELEBRAR CONVÊNIOS NAS ÁREAS QUE ESPECIFICA, COM ENTIDADES PÚBLICAS DE QUALQUER ESPÉCIE, ORGANIZAÇÕES NÃO GOVERNAMENTAIS E/OU PARTICULARES PARA A REALIZAÇÃO DE OBJETIVOS DE INTERESSE COMUM DOS PARTÍCIPES.</t>
+  </si>
+  <si>
+    <t>1177</t>
+  </si>
+  <si>
+    <t>984</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1177/projeto_de_lei_no_984.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A LEI MUNICIPAL N. 895 DE 20 DE DEZEMBRO DE 2021, E DÁ OUTRASPROVIDENCIAS.</t>
+  </si>
+  <si>
+    <t>1178</t>
+  </si>
+  <si>
+    <t>986</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1178/projeto_de_lei_no_986.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O SISTEMA MUNICIPAL DÉ ESPORTE E LAZER, DISCIPLINA AS AÇOES DE MEMÓRIA, INFORMAÇÕES E INDICADORES ESPORTIVOS E RECREATIVOS, CRIA O CONSELHO MUNICIPAL DE ESPORTE E LAZER E O FUNDO MUNICIPAL DE ESPORTE E LAZER, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1179</t>
+  </si>
+  <si>
+    <t>987</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1179/projeto_de_lei_no_987.pdf</t>
+  </si>
+  <si>
+    <t>AIJTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CREDITO ESPECIAL NO VALOR DE R$ 250.000,00 (DUZENTOS E CINQUENTA MIL REAIS), NO ORÇAMENTO DO EXERCÍCIO OE 2022, PARA FINS QUE SE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1180</t>
+  </si>
+  <si>
+    <t>988</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1180/projeto_de_lei_no_988.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a promover remanejamentos, transposições e transferências de saldo entre categorias de programação e órgãos_x000D_
+previsto na Lei Orçamentária nº. 898/2021, e dá outras providências</t>
+  </si>
+  <si>
+    <t>1181</t>
+  </si>
+  <si>
+    <t>990</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1181/projeto_de_lei_no_990.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA "UNIÃO PARA PRODUÇÃO RURAL" NO MUNICÍPIO DE CAETITÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1182</t>
+  </si>
+  <si>
+    <t>991</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1182/projeto_de_lei_no_991.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A REDUÇÃO DA CARGA HORÁRIA DE SERVIDOR PÚBLICO MUNICIPAL QUE SE.JA RESPONSÁVEL POR PESSOA COM DEFICIÊNCIA, NO ÂMBITO DO MUNICÍPIO DE CAETITÉ E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1183</t>
+  </si>
+  <si>
+    <t>992</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1183/projeto_de_lei_no_992.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a abrir Crédito Especial no valor de R$ 990.000,00 (novecentos e noventa mil reais) para fins que se especifica e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1184</t>
+  </si>
+  <si>
+    <t>993</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1184/projeto_de_lei_no_993.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a promover remanejamentos, transposições e transferências de saldo entre categorias de programação e órgãos previsto na Lei Orçamentária nº. 898/2021, e dá outras providências</t>
+  </si>
+  <si>
+    <t>1185</t>
+  </si>
+  <si>
+    <t>994</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1185/projeto_de_lei_no_994.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a promover remanejamentos, transposições e transferências de saldo entre categorias de programação e órgãos previsto na Lei Orçamentária nº. 898/2021, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1186</t>
+  </si>
+  <si>
+    <t>995</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1186/projeto_de_lei_no_995.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as alterações das Leis nº. 650/2007 e nº. 792/2015, e dá outras Providências.</t>
+  </si>
+  <si>
+    <t>1187</t>
+  </si>
+  <si>
+    <t>996</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1187/projeto_de_lei_no_996.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PREFEITO MUNICIPAL A CELEBRAR CONVÊNIOS NAS ÁREAS QUE ESPECIFICA, COM ENTIDADES  PÚBLICAS DE QUALQUER ESPÉCIE, ORGANTZAÇÕES NÃO GOVERNAMENTAIS E/OU PARTICULARES PARA A REALIZAÇÃO DE OBJETIVOS DE INTERESSE COMUM DOS PARTÍCIPES.</t>
+  </si>
+  <si>
+    <t>1188</t>
+  </si>
+  <si>
+    <t>997</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1188/projeto_de_lei_no_997.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Conselho Municipal de Promoção da igualdade Racial de Caetité - COMPIRC como auxiliar na Política Municipal da Promoção da igualdade Racial, cria o Fundo Municipal de Promoção da igualdade Racial de Caetité - FMPIRC ê dá outras providências.</t>
+  </si>
+  <si>
+    <t>1189</t>
+  </si>
+  <si>
+    <t>998</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1189/projeto_de_lei_no_998.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração do nome do Hospital Municipal de Caetité Maria Isabel Teixeira Ladeia para Hospital Municipal Dr. Ricardo de Tadeu Ladeia e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1190</t>
+  </si>
+  <si>
+    <t>999</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1190/projeto_de_lei_no_999.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Serviço de inspeção Municipal e os procedimentos obrigatórios de inspeção sanitária em estabelecimentos que manipulam e/ou processam produtos de origem animal no Município de CAETITE/BA, e dá outras providências"</t>
+  </si>
+  <si>
+    <t>1191</t>
+  </si>
+  <si>
+    <t>1000</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1191/projeto_de_lei_no_1000.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a promover remanejamentos, transposições E transferências de saldo entre categorias de programação e órgãos previsto na Lei Orçamentária nº. 898/2021, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2704,68 +2918,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/606/indicacao_no._001-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/607/indicacao_no._002-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/608/indicacao_no._003-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/609/indicacao_no._004-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/610/indicacao_no._005-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/611/indicacao_no._006-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/612/indicacao_no._007-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/613/indicacao_no._008-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/614/indicacao_no._009-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/615/indicacao_no._010-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/616/indicacao_no._011-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/617/indicacao_no._012-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/618/indicacao_no._013-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/619/indicacao_no._014-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/620/indicacao_no._015-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/621/indicacao_no._016-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/622/indicacao_no._017-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/623/indicacao_no._018-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/624/indicacao_no._019-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/625/indicacao_no._020-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/626/indicacao_no._021-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/627/indicacao_no._022-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/628/indicacao_no._023-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/629/indicacao_no._024-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/630/indicacao_no._025-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/631/indicacao_no._026-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/632/indicacao_no._027-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/633/indicacao_no._028-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/634/indicacao_no._029-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/635/indicacao_no._030-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/636/indicacao_no._031-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/637/indicacao_no._032-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/638/indicacao_no._033-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/639/indicacao_no._034-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/640/indicacao_no._035-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/641/indicacao_no._036-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/642/indicacao_no._037-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/643/indicacao_no._038-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/644/indicacao_no._039-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/645/indicacao_no._040-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/646/indicacao_no._041-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/647/indicacao_no._042-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/648/indicacao_no._043-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/649/indicacao_no._044-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/650/indicacao_no._045-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/651/indicacao_no._046-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/652/indicacao_no._047-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/653/indicacao_no._048-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/654/indicacao_no._049-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/655/indicacao_no._050-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/656/indicacao_no._051-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/657/indicacao_no._052-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/658/indicacao_no._053-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/659/indicacao_no._054-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/660/indicacao_no._055-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/661/indicacao_no._056-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/662/indicacao_no._057-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/663/indicacao_no._058-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/664/indicacao_no._059-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/665/indicacao_no._060-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/666/indicacao_no._061-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/667/indicacao_no._062-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/668/indicacao_no._063-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/669/indicacao_no._064-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/670/indicacao_no._065-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/671/indicacao_no._066-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/672/indicacao_no._067-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/673/indicacao_no._068-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/674/indicacao_no._069-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/675/indicacao_no._070-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/676/indicacao_no._071-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/677/indicacao_no._072-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/678/indicacao_no._073-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/679/indicacao_no._074-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/680/indicacao_no._075-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/681/indicacao_no._076-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/682/indicacao_no._077-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/683/indicacao_no._078-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/684/indicacao_no._079-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/685/indicacao_no._080-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/686/indicacao_no._081-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/687/indicacao_no._082-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/688/indicacao_no._083-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/689/indicacao_no._084-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/690/indicacao_no._085-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/691/indicacao_no._086-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/692/indicacao_no._087-2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/693/indicacao_no._088-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/694/indicacao_no._089-2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/695/indicacao_no._090-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/696/indicacao_no._091-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/697/indicacao_no._092-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/698/indicacao_no._093-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/699/indicacao_no._094-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/700/indicacao_no._095-2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/701/indicacao_no._096-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/702/indicacao_no._096-2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/703/indicacao_no._098-2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/704/indicacao_no._099-2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/705/indicacao_no._100-2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/706/indicacao_no._101-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/707/indicacao_no._102-2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/708/indicacao_no._103-2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/709/indicacao_no._104-2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/710/indicacao_no._105-2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/711/indicacao_no._106-2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/712/indicacao_no._107-2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/713/indicacao_no._108-2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/714/indicacao_no._109-2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/715/indicacao_no._110-2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/716/indicacao_no._111-2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/717/indicacao_no._112-2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/718/indicacao_no._113-2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/719/indicacao_no._114-2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/720/indicacao_no._115-2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/721/indicacao_no._116-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/722/indicacao_no._117-2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/723/indicacao_no._118-2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/724/indicacao_no._119-2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/725/indicacao_no._120-2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/726/indicacao_no._121-2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/727/indicacao_no._122-2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/728/indicacao_no._123-2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/729/indicacao_no._124-2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/730/indicacao_no._125-2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/731/indicacao_no._126-2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/732/indicacao_no._127-2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/733/indicacao_no._128-2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/734/indicacao_no._129-2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/735/indicacao_no._130-2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/736/indicacao_no._131-2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/737/indicacao_no._132-2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/738/indicacao_no._133-2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/739/indicacao_no._134-2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/740/indicacao_no._135-2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/741/indicacao_no._136-2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/742/indicacao_no._137-2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/743/indicacao_no._138-2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/744/indicacao_no._139-2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/745/indicacao_no._140-2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/746/indicacao_no._141-2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/747/indicacao_no._142-2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/748/indicacao_no._143-2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/749/indicacao_no._144-2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/750/indicacao_no._145-2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/751/indicacao_no._146-2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/752/indicacao_no._147-2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/753/indicacao_no._148-2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/754/indicacao_no._149-2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/755/indicacao_no._150-2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/756/indicacao_no._151-2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/757/indicacao_no._152-2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/758/indicacao_no._153-2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/759/indicacao_no._154-2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/760/indicacao_no._155-2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/761/indicacao_no._156-2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/762/indicacao_no._157-2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/763/indicacao_no._158-2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/764/indicacao_no._159-2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/765/indicacao_no._160-2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/766/indicacao_no._161-2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/767/indicacao_no._162-2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/768/indicacao_no._163-2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/769/indicacao_no._164-2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/770/indicacao_no._165-2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/771/indicacao_no._166-2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/772/indicacao_no._167-2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/773/indicacao_no._168-2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/774/indicacao_no._169-2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/775/indicacao_no._170-2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/776/indicacao_no._171-2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/777/indicacao_no._172-2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/778/indicacao_no._174-2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/779/indicacao_no._175-2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/780/indicacao_no._176-2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/781/indicacao_no._177-2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/782/indicacao_no._179-2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/784/indicacao_no._180-2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/785/indicacao_no._181-2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/786/indicacao_no._182-2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/787/indicacao_no._183-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/788/indicacao_no._184-2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/789/indicacao_no._185-2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/790/indicacao_no._186-2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/791/indicacao_no._187-2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/792/indicacao_no._188-2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/793/indicacao_no._189-2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/794/indicacao_no._190-2022.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/606/indicacao_no._001-2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/607/indicacao_no._002-2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/608/indicacao_no._003-2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/609/indicacao_no._004-2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/610/indicacao_no._005-2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/611/indicacao_no._006-2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/612/indicacao_no._007-2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/613/indicacao_no._008-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/614/indicacao_no._009-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/615/indicacao_no._010-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/616/indicacao_no._011-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/617/indicacao_no._012-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/618/indicacao_no._013-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/619/indicacao_no._014-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/620/indicacao_no._015-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/621/indicacao_no._016-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/622/indicacao_no._017-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/623/indicacao_no._018-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/624/indicacao_no._019-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/625/indicacao_no._020-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/626/indicacao_no._021-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/627/indicacao_no._022-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/628/indicacao_no._023-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/629/indicacao_no._024-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/630/indicacao_no._025-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/631/indicacao_no._026-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/632/indicacao_no._027-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/633/indicacao_no._028-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/634/indicacao_no._029-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/635/indicacao_no._030-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/636/indicacao_no._031-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/637/indicacao_no._032-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/638/indicacao_no._033-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/639/indicacao_no._034-2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/640/indicacao_no._035-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/641/indicacao_no._036-2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/642/indicacao_no._037-2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/643/indicacao_no._038-2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/644/indicacao_no._039-2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/645/indicacao_no._040-2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/646/indicacao_no._041-2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/647/indicacao_no._042-2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/648/indicacao_no._043-2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/649/indicacao_no._044-2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/650/indicacao_no._045-2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/651/indicacao_no._046-2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/652/indicacao_no._047-2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/653/indicacao_no._048-2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/654/indicacao_no._049-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/655/indicacao_no._050-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/656/indicacao_no._051-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/657/indicacao_no._052-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/658/indicacao_no._053-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/659/indicacao_no._054-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/660/indicacao_no._055-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/661/indicacao_no._056-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/662/indicacao_no._057-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/663/indicacao_no._058-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/664/indicacao_no._059-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/665/indicacao_no._060-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/666/indicacao_no._061-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/667/indicacao_no._062-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/668/indicacao_no._063-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/669/indicacao_no._064-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/670/indicacao_no._065-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/671/indicacao_no._066-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/672/indicacao_no._067-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/673/indicacao_no._068-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/674/indicacao_no._069-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/675/indicacao_no._070-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/676/indicacao_no._071-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/677/indicacao_no._072-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/678/indicacao_no._073-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/679/indicacao_no._074-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/680/indicacao_no._075-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/681/indicacao_no._076-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/682/indicacao_no._077-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/683/indicacao_no._078-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/684/indicacao_no._079-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/685/indicacao_no._080-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/686/indicacao_no._081-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/687/indicacao_no._082-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/688/indicacao_no._083-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/689/indicacao_no._084-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/690/indicacao_no._085-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/691/indicacao_no._086-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/692/indicacao_no._087-2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/693/indicacao_no._088-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/694/indicacao_no._089-2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/695/indicacao_no._090-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/696/indicacao_no._091-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/697/indicacao_no._092-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/698/indicacao_no._093-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/699/indicacao_no._094-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/700/indicacao_no._095-2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/701/indicacao_no._096-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/702/indicacao_no._096-2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/703/indicacao_no._098-2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/704/indicacao_no._099-2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/705/indicacao_no._100-2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/706/indicacao_no._101-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/707/indicacao_no._102-2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/708/indicacao_no._103-2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/709/indicacao_no._104-2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/710/indicacao_no._105-2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/711/indicacao_no._106-2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/712/indicacao_no._107-2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/713/indicacao_no._108-2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/714/indicacao_no._109-2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/715/indicacao_no._110-2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/716/indicacao_no._111-2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/717/indicacao_no._112-2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/718/indicacao_no._113-2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/719/indicacao_no._114-2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/720/indicacao_no._115-2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/721/indicacao_no._116-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/722/indicacao_no._117-2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/723/indicacao_no._118-2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/724/indicacao_no._119-2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/725/indicacao_no._120-2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/726/indicacao_no._121-2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/727/indicacao_no._122-2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/728/indicacao_no._123-2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/729/indicacao_no._124-2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/730/indicacao_no._125-2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/731/indicacao_no._126-2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/732/indicacao_no._127-2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/733/indicacao_no._128-2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/734/indicacao_no._129-2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/735/indicacao_no._130-2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/736/indicacao_no._131-2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/737/indicacao_no._132-2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/738/indicacao_no._133-2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/739/indicacao_no._134-2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/740/indicacao_no._135-2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/741/indicacao_no._136-2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/742/indicacao_no._137-2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/743/indicacao_no._138-2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/744/indicacao_no._139-2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/745/indicacao_no._140-2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/746/indicacao_no._141-2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/747/indicacao_no._142-2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/748/indicacao_no._143-2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/749/indicacao_no._144-2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/750/indicacao_no._145-2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/751/indicacao_no._146-2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/752/indicacao_no._147-2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/753/indicacao_no._148-2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/754/indicacao_no._149-2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/755/indicacao_no._150-2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/756/indicacao_no._151-2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/757/indicacao_no._152-2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/758/indicacao_no._153-2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/759/indicacao_no._154-2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/760/indicacao_no._155-2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/761/indicacao_no._156-2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/762/indicacao_no._157-2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/763/indicacao_no._158-2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/764/indicacao_no._159-2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/765/indicacao_no._160-2022.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/766/indicacao_no._161-2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/767/indicacao_no._162-2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/768/indicacao_no._163-2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/769/indicacao_no._164-2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/770/indicacao_no._165-2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/771/indicacao_no._166-2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/772/indicacao_no._167-2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/773/indicacao_no._168-2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/774/indicacao_no._169-2022.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/775/indicacao_no._170-2022.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/776/indicacao_no._171-2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/777/indicacao_no._172-2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/778/indicacao_no._174-2022.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/779/indicacao_no._175-2022.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/780/indicacao_no._176-2022.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/781/indicacao_no._177-2022.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/782/indicacao_no._179-2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/784/indicacao_no._180-2022.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/785/indicacao_no._181-2022.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/786/indicacao_no._182-2022.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/787/indicacao_no._183-2022.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/788/indicacao_no._184-2022.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/789/indicacao_no._185-2022.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/790/indicacao_no._186-2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/791/indicacao_no._187-2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/792/indicacao_no._188-2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/793/indicacao_no._189-2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/794/indicacao_no._190-2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1168/projeto_de_lei_no_982_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1169/projeto_de_lei_no_983_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1177/projeto_de_lei_no_984.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1178/projeto_de_lei_no_986.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1179/projeto_de_lei_no_987.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1180/projeto_de_lei_no_988.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1181/projeto_de_lei_no_990.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1182/projeto_de_lei_no_991.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1183/projeto_de_lei_no_992.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1184/projeto_de_lei_no_993.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1185/projeto_de_lei_no_994.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1186/projeto_de_lei_no_995.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1187/projeto_de_lei_no_996.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1188/projeto_de_lei_no_997.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1189/projeto_de_lei_no_998.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1190/projeto_de_lei_no_999.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1191/projeto_de_lei_no_1000.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H189"/>
+  <dimension ref="A1:H206"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="27.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="94.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -7637,50 +7850,492 @@
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>770</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
         <v>771</v>
       </c>
       <c r="D189" t="s">
         <v>11</v>
       </c>
       <c r="E189" t="s">
         <v>12</v>
       </c>
       <c r="F189" t="s">
         <v>52</v>
       </c>
       <c r="G189" s="1" t="s">
         <v>772</v>
       </c>
       <c r="H189" t="s">
         <v>773</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>774</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>775</v>
+      </c>
+      <c r="D190" t="s">
+        <v>776</v>
+      </c>
+      <c r="E190" t="s">
+        <v>777</v>
+      </c>
+      <c r="F190" t="s">
+        <v>778</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="H190" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>781</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>782</v>
+      </c>
+      <c r="D191" t="s">
+        <v>776</v>
+      </c>
+      <c r="E191" t="s">
+        <v>777</v>
+      </c>
+      <c r="F191" t="s">
+        <v>778</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="H191" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>785</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>786</v>
+      </c>
+      <c r="D192" t="s">
+        <v>776</v>
+      </c>
+      <c r="E192" t="s">
+        <v>777</v>
+      </c>
+      <c r="F192" t="s">
+        <v>778</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="H192" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>789</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>790</v>
+      </c>
+      <c r="D193" t="s">
+        <v>776</v>
+      </c>
+      <c r="E193" t="s">
+        <v>777</v>
+      </c>
+      <c r="F193" t="s">
+        <v>778</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="H193" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>793</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>794</v>
+      </c>
+      <c r="D194" t="s">
+        <v>776</v>
+      </c>
+      <c r="E194" t="s">
+        <v>777</v>
+      </c>
+      <c r="F194" t="s">
+        <v>778</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="H194" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>797</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>798</v>
+      </c>
+      <c r="D195" t="s">
+        <v>776</v>
+      </c>
+      <c r="E195" t="s">
+        <v>777</v>
+      </c>
+      <c r="F195" t="s">
+        <v>778</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="H195" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>801</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>802</v>
+      </c>
+      <c r="D196" t="s">
+        <v>776</v>
+      </c>
+      <c r="E196" t="s">
+        <v>777</v>
+      </c>
+      <c r="F196" t="s">
+        <v>778</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="H196" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>805</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>806</v>
+      </c>
+      <c r="D197" t="s">
+        <v>776</v>
+      </c>
+      <c r="E197" t="s">
+        <v>777</v>
+      </c>
+      <c r="F197" t="s">
+        <v>778</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="H197" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>809</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>810</v>
+      </c>
+      <c r="D198" t="s">
+        <v>776</v>
+      </c>
+      <c r="E198" t="s">
+        <v>777</v>
+      </c>
+      <c r="F198" t="s">
+        <v>778</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="H198" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>813</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>814</v>
+      </c>
+      <c r="D199" t="s">
+        <v>776</v>
+      </c>
+      <c r="E199" t="s">
+        <v>777</v>
+      </c>
+      <c r="F199" t="s">
+        <v>778</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="H199" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>817</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>818</v>
+      </c>
+      <c r="D200" t="s">
+        <v>776</v>
+      </c>
+      <c r="E200" t="s">
+        <v>777</v>
+      </c>
+      <c r="F200" t="s">
+        <v>778</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="H200" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>821</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>822</v>
+      </c>
+      <c r="D201" t="s">
+        <v>776</v>
+      </c>
+      <c r="E201" t="s">
+        <v>777</v>
+      </c>
+      <c r="F201" t="s">
+        <v>778</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="H201" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>825</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>826</v>
+      </c>
+      <c r="D202" t="s">
+        <v>776</v>
+      </c>
+      <c r="E202" t="s">
+        <v>777</v>
+      </c>
+      <c r="F202" t="s">
+        <v>778</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="H202" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>829</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>830</v>
+      </c>
+      <c r="D203" t="s">
+        <v>776</v>
+      </c>
+      <c r="E203" t="s">
+        <v>777</v>
+      </c>
+      <c r="F203" t="s">
+        <v>778</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="H203" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>833</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>834</v>
+      </c>
+      <c r="D204" t="s">
+        <v>776</v>
+      </c>
+      <c r="E204" t="s">
+        <v>777</v>
+      </c>
+      <c r="F204" t="s">
+        <v>52</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="H204" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>837</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>838</v>
+      </c>
+      <c r="D205" t="s">
+        <v>776</v>
+      </c>
+      <c r="E205" t="s">
+        <v>777</v>
+      </c>
+      <c r="F205" t="s">
+        <v>778</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="H205" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>841</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>842</v>
+      </c>
+      <c r="D206" t="s">
+        <v>776</v>
+      </c>
+      <c r="E206" t="s">
+        <v>777</v>
+      </c>
+      <c r="F206" t="s">
+        <v>778</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="H206" t="s">
+        <v>844</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -7829,50 +8484,67 @@
     <hyperlink ref="G165" r:id="rId164"/>
     <hyperlink ref="G166" r:id="rId165"/>
     <hyperlink ref="G167" r:id="rId166"/>
     <hyperlink ref="G168" r:id="rId167"/>
     <hyperlink ref="G169" r:id="rId168"/>
     <hyperlink ref="G170" r:id="rId169"/>
     <hyperlink ref="G171" r:id="rId170"/>
     <hyperlink ref="G172" r:id="rId171"/>
     <hyperlink ref="G173" r:id="rId172"/>
     <hyperlink ref="G174" r:id="rId173"/>
     <hyperlink ref="G175" r:id="rId174"/>
     <hyperlink ref="G176" r:id="rId175"/>
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
     <hyperlink ref="G182" r:id="rId181"/>
     <hyperlink ref="G183" r:id="rId182"/>
     <hyperlink ref="G184" r:id="rId183"/>
     <hyperlink ref="G185" r:id="rId184"/>
     <hyperlink ref="G186" r:id="rId185"/>
     <hyperlink ref="G187" r:id="rId186"/>
     <hyperlink ref="G188" r:id="rId187"/>
     <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>