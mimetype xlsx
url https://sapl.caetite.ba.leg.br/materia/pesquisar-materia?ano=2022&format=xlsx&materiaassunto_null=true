--- v1 (2025-12-07)
+++ v2 (2026-01-27)
@@ -2401,51 +2401,51 @@
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover remanejamentos, transposições e transferências de saldo entre categorias de programação e órgãos previsto na Lei Orçamentária no- 898/2021, e dá outras providências.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1169/projeto_de_lei_no_983_prefeitura.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PREFEITO MUNICIPAL A CELEBRAR CONVÊNIOS NAS ÁREAS QUE ESPECIFICA, COM ENTIDADES PÚBLICAS DE QUALQUER ESPÉCIE, ORGANIZAÇÕES NÃO GOVERNAMENTAIS E/OU PARTICULARES PARA A REALIZAÇÃO DE OBJETIVOS DE INTERESSE COMUM DOS PARTÍCIPES.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1177/projeto_de_lei_no_984.pdf</t>
   </si>
   <si>
-    <t>ALTERA A LEI MUNICIPAL N. 895 DE 20 DE DEZEMBRO DE 2021, E DÁ OUTRASPROVIDENCIAS.</t>
+    <t>ALTERA A LEI MUNICIPAL N. 895 DE 20 DE DEZEMBRO DE 2021, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1178/projeto_de_lei_no_986.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SISTEMA MUNICIPAL DÉ ESPORTE E LAZER, DISCIPLINA AS AÇOES DE MEMÓRIA, INFORMAÇÕES E INDICADORES ESPORTIVOS E RECREATIVOS, CRIA O CONSELHO MUNICIPAL DE ESPORTE E LAZER E O FUNDO MUNICIPAL DE ESPORTE E LAZER, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1179/projeto_de_lei_no_987.pdf</t>
   </si>
   <si>
     <t>AIJTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CREDITO ESPECIAL NO VALOR DE R$ 250.000,00 (DUZENTOS E CINQUENTA MIL REAIS), NO ORÇAMENTO DO EXERCÍCIO OE 2022, PARA FINS QUE SE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
@@ -2522,51 +2522,51 @@
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover remanejamentos, transposições e transferências de saldo entre categorias de programação e órgãos previsto na Lei Orçamentária nº. 898/2021, e dá outras providências.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1186/projeto_de_lei_no_995.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as alterações das Leis nº. 650/2007 e nº. 792/2015, e dá outras Providências.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1187/projeto_de_lei_no_996.pdf</t>
   </si>
   <si>
-    <t>AUTORIZA O PREFEITO MUNICIPAL A CELEBRAR CONVÊNIOS NAS ÁREAS QUE ESPECIFICA, COM ENTIDADES  PÚBLICAS DE QUALQUER ESPÉCIE, ORGANTZAÇÕES NÃO GOVERNAMENTAIS E/OU PARTICULARES PARA A REALIZAÇÃO DE OBJETIVOS DE INTERESSE COMUM DOS PARTÍCIPES.</t>
+    <t>AUTORIZA O PREFEITO MUNICIPAL A CELEBRAR CONVÊNIOS NAS ÁREAS QUE ESPECIFICA, COM ENTIDADES  PÚBLICAS DE QUALQUER ESPÉCIE, ORGANIZAÇÕES NÃO GOVERNAMENTAIS E/OU PARTICULARES PARA A REALIZAÇÃO DE OBJETIVOS DE INTERESSE COMUM DOS PARTÍCIPES.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1188/projeto_de_lei_no_997.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Promoção da igualdade Racial de Caetité - COMPIRC como auxiliar na Política Municipal da Promoção da igualdade Racial, cria o Fundo Municipal de Promoção da igualdade Racial de Caetité - FMPIRC ê dá outras providências.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/1189/projeto_de_lei_no_998.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do nome do Hospital Municipal de Caetité Maria Isabel Teixeira Ladeia para Hospital Municipal Dr. Ricardo de Tadeu Ladeia e dá outras providências.</t>
   </si>