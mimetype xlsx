--- v0 (2025-10-06)
+++ v1 (2025-12-06)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2784" uniqueCount="1369">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2800" uniqueCount="1377">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -3652,66 +3652,90 @@
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/603/indicacao_no._307-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Exmo. Sr. Prefeito Municipal, o Patrolamento do Campo na Comunidade de Cuba.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/604/indicacao_no._308-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, calçamento da Travessa II São Miguel no Bairro Santa Rita, rua da antiga Oficina do Luís.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/605/indicacao_no._310-2021.pdf</t>
   </si>
   <si>
     <t>Indica ao Senhor Prefeito, Valtécio Aguiar. a necessidade de implantação de duas (2) lombadas na Avenida Professora Marlene Cerqueira do Bairro Prisco Viana.</t>
   </si>
   <si>
+    <t>1165</t>
+  </si>
+  <si>
+    <t>908</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/1165/projeto_de_decreto_legislativo_no_908-criacao_da_escola_do_legislativo_pertencente_a_camara_municipal.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação da Escola do Legislativo de Caetité (BA), órgão pertencente à Câmara Municipal de Caetité (BA), e dá outras providências.</t>
+  </si>
+  <si>
     <t>470</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>PDL</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/470/projeto_de_decreto_legislativo_no._909.pdf</t>
   </si>
   <si>
     <t>CONSIDERA DE UTILIDADE PÚBLICA O INSTITUTO DOM ALBERTO GUIMARÃES REZENDE.</t>
+  </si>
+  <si>
+    <t>1166</t>
+  </si>
+  <si>
+    <t>910</t>
+  </si>
+  <si>
+    <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/1166/projeto_de_decreto_legislativo_no_910-denominacao_de_rua_alameda_cecilia_gumes.pdf</t>
+  </si>
+  <si>
+    <t>Dá denominação de Alameda Cecília Gumes Portella a uma das artérias localizada nesta Cidade e dá outras providências.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/471/projeto_de_decreto_legislativo_no._912.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Rua Edilson Rodrigues Lédo a uma das artérias no Bairro Prisco Viana em nossa cidade.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/472/projeto_de_decreto_legislativo_no._913.pdf</t>
   </si>
   <si>
     <t>Dá denominação de Avenida Cynthia Lopes Abreu Marques, a Avenida que dá acesso a UNACON.</t>
   </si>
@@ -4494,68 +4518,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/225/indicacao_no._001-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_no._002-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/227/indicacao_no._003-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/228/indicacao_no._004-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/229/indicacao_no._005-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/230/indicacao_no._006-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/231/indicacao_no._007-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/232/indicacao_no._008-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/233/indicacao_no._009-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/234/indicacao_no._010-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/235/indicacao_no._011-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/236/indicacao_no._012-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/237/indicacao_no._013-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/238/indicacao_no._014-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/239/indicacao_no._015-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/240/indicacao_no._016-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/241/indicacao_no._017-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/242/indicacao_no._018-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/243/indicacao_no._019-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/244/indicacao_no._020-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/245/indicacao_no._021-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/280/indicacao_no._022-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/281/indicacao_no._023-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/282/indicacao_no._024-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/283/indicacao_no._025-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/284/indicacao_no._026-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/285/indicacao_no._027-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/286/indicacao_no._028-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/287/indicacao_no._029-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/288/indicacao_no._030-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/289/indicacao_no._031-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/290/indicacao_no._032-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/291/indicacao_no._033-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/292/indicacao_no._034-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/293/indicacao_no._035-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/294/indicacao_no._036-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/295/indicacao_no._037-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/296/indicacao_no._038-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/297/indicacao_no._039-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/298/indicacao_no._040-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/299/indicacao_no._041-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/300/indicacao_no._042-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/301/indicacao_no._043-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/302/indicacao_no._044-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/303/indicacao_no._045-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/304/indicacao_no._046-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/305/indicacao_no._047-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/306/indicacao_no._048-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/307/indicacao_no._049-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/308/indicacao_no._050-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/309/indicacao_no._051-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/310/indicacao_no._052-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/311/indicacao_no._053-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/312/indicacao_no._054-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/313/indicacao_no._055-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/314/indicacao_no._057-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/315/indicacao_no._058-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/316/indicacao_no._059-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/317/indicacao_no._060-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/318/indicacao_no._061-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/319/indicacao_no._062-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/320/indicacao_no._063-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/321/indicacao_no._064-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/322/indicacao_no._065-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/323/indicacao_no._066-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/324/indicacao_no._067-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/325/indicacao_no._068-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/326/indicacao_no._069-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/327/indicacao_no._070-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/328/indicacao_no._071-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/329/indicacao_no._072-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/330/indicacao_no._073-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/331/indicacao_no._074-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/332/indicacao_no._075-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/333/indicacao_no._076-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/334/indicacao_no._077-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/335/indicacao_no._078-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/336/indicacao_no._079-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/337/indicacao_no._080-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/345/indicacao_no._081-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/346/indicacao_no._082-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/347/indicacao_no._083-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/348/indicacao_no._084-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/349/indicacao_no._085-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/350/indicacao_no._086-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/351/indicacao_no._087-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/352/indicacao_no._088-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/353/indicacao_no._089-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/354/indicacao_no._090-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/355/indicacao_no._091-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/356/indicacao_no._092-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/357/indicacao_no._093-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/358/indicacao_no._094-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/359/indicacao_no._095-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/360/indicacao_no._096-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/361/indicacao_no._097-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/362/indicacao_no._098-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/363/indicacao_no._099-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/364/indicacao_no._100-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/365/indicacao_no._101-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/366/indicacao_no._102-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/367/indicacao_no._103-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/368/indicacao_no._104-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/369/indicacao_no._105-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/370/indicacao_no._106-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/371/indicacao_no._107-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/372/indicacao_no._108-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/373/indicacao_no._109-2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/374/indicacao_no._110-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/375/indicacao_no._111-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/376/indicacao_no._112-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/377/indicacao_no._113-2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/378/indicacao_no._114-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/379/indicacao_no._115-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/380/indicacao_no._116-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/381/indicacao_no._117-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/382/indicacao_no._118-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/383/indicacao_no._119-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/384/indicacao_no._120-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/385/indicacao_no._121-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/386/indicacao_no._122-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/387/indicacao_no._123-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/388/indicacao_no._124-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/389/indicacao_no._125-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/390/indicacao_no._126-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/391/indicacao_no._127-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/392/indicacao_no._128-2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/393/indicacao_no._129-2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/394/indicacao_no._130-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/395/indicacao_no._131-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/396/indicacao_no._132-2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/397/indicacao_no._133-2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/398/indicacao_no._134-2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/399/indicacao_no._135-2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/400/indicacao_no._136-2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/401/indicacao_no._137-2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/402/indicacao_no._138-2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/403/indicacao_no._139-2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/404/indicacao_no._140-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/405/indicacao_no._141-2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/406/indicacao_no._142-2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/407/indicacao_no._143-2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/408/indicacao_no._144-2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/409/indicacao_no._145-2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/410/indicacao_no._146-2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/411/indicacao_no._147-2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/412/indicacao_no._148-2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/413/indicacao_no._149-2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/414/indicacao_no._150-2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/415/indicacao_no._151-2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/416/indicacao_no._152-2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/417/indicacao_no._153-2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/418/indicacao_no._154-2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/419/indicacao_no._155-2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/420/indicacao_no._156-2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/421/indicacao_no._157-2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/422/indicacao_no._158-2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/423/indicacao_no._159-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/424/indicacao_no._160-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/425/indicacao_no._161-2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/426/indicacao_no._162-2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/427/indicacao_no._163-2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/428/indicacao_no._164-2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/429/indicacao_no._165-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/430/indicacao_no._166-2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/431/indicacao_no._167-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/432/indicacao_no._168-2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/433/indicacao_no._169-2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/434/indicacao_no._170-2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/435/indicacao_no._171-2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/436/indicacao_no._172-2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/437/indicacao_no._173-2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/438/indicacao_no._174-2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/439/indicacao_no._175-2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/440/indicacao_no._176-2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/441/indicacao_no._177-2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/442/indicacao_no._178-2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/443/indicacao_no._179-2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/444/indicacao_no._180-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/445/indicacao_no._181-2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/446/indicacao_no._182-2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/447/indicacao_no._183-2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/448/indicacao_no._184-2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/449/indicacao_no._185-2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/450/indicacao_no._186-2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/451/indicacao_no._187-2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/452/indicacao_no._188-2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/453/indicacao_no._189-2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/454/indicacao_no._190-2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/455/indicacao_no._191-2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/456/indicacao_no._192-2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/457/indicacao_no._193-2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/458/indicacao_no._194-2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/459/indicacao_no._195-2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/460/indicacao_no._196-2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/461/indicacao_no._197-2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/462/indicacao_no._198-2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/474/indicacao_no._199-2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/475/indicacao_no._200-2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/476/indicacao_no._201-2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/477/indicacao_no._202-2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/478/indicacao_no._203-2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/479/indicacao_no._204-2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/480/indicacao_no._205-2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/481/indicacao_no._206-2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/482/indicacao_no._207-2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/483/indicacao_no._208-2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/484/indicacao_no._209-2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/485/indicacao_no._210-2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/486/indicacao_no._211-2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/487/indicacao_no._212-2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/488/indicacao_no._213-2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/489/indicacao_no._214-2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/490/indicacao_no._215-2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/491/indicacao_no._216-2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/492/indicacao_no._217-2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/493/indicacao_no._218-2021.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/494/indicacao_no._219-2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/495/indicacao_no._220-2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/496/indicacao_no._221-2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/497/indicacao_no._222-2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/498/indicacao_no._223-2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/499/indicacao_no._224-2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/500/indicacao_no._225-2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/501/indicacao_no._226-2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/502/indicacao_no._227-2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/503/indicacao_no._228-2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/504/indicacao_no._229-2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/505/indicacao_no._230-2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/506/indicacao_no._231-2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/507/indicacao_no._232-2021.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/508/indicacao_no._233-2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/509/indicacao_no._234-2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/510/indicacao_no._235-2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/511/indicacao_no._236-2021.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/512/indicacao_no._237-2021.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/513/indicacao_no._238-2021.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/514/indicacao_no._239-2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/515/indicacao_no._240-2021.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/516/indicacao_no._241-2021.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/517/indicacao_no._242-2021.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/518/indicacao_no._243-2021.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/519/indicacao_no._244-2021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/520/indicacao_no._245-2021.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/521/indicacao_no._246-2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/522/indicacao_no._247-2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/523/indicacao_no._248-2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/524/indicacao_no._249-2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/525/indicacao_no._250-2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/526/indicacao_no._251-2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/527/indicacao_no._252-2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/528/indicacao_no._253-2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/529/indicacao_no._254-2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/530/indicacao_no._255-2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/531/indicacao_no._256-2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/532/indicacao_no._257-2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/555/indicacao_no._258-2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/556/indicacao_no._259-2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/557/indicacao_no._260-2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/558/indicacao_no._261-2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/559/indicacao_no._262-2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/560/indicacao_no._263-2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/561/indicacao_no._264-2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/562/indicacao_no._265-2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/563/indicacao_no._266-2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/564/indicacao_no._267-2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/565/indicacao_no._268-2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/566/indicacao_no._269-2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/567/indicacao_no._270-2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/568/indicacao_no._271-2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/569/indicacao_no._272-2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/570/indicacao_no._273-2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/571/indicacao_no._274-2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/572/indicacao_no._275-2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/573/indicacao_no._276-2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/574/indicacao_no._277-2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/575/indicacao_no._278-2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/576/indicacao_no._279-2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/577/indicacao_no._280-2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/578/indicacao_no._281-2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/579/indicacao_no._282-2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/580/indicacao_no._283-2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/581/indicacao_no._284-2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/582/indicacao_no._286-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/583/indicacao_no._287-2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/584/indicacao_no._288-2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/585/indicacao_no._289-2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/586/indicacao_no._290-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/587/indicacao_no._291-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/588/indicacao_no._292-2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/589/indicacao_no._293-2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/590/indicacao_no._294-2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/591/indicacao_no._295-2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/592/indicacao_no._296-2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/593/indicacao_no._297-2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/594/indicacao_no._298-2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/595/indicacao_no._299-2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/596/indicacao_no._300-2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/597/indicacao_no._301-2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/598/indicacao_no._302-2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/599/indicacao_no._303-2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/600/indicacao_no._304-2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/601/indicacao_no._305-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/602/indicacao_no._306-2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/603/indicacao_no._307-2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/604/indicacao_no._308-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/605/indicacao_no._310-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/470/projeto_de_decreto_legislativo_no._909.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/471/projeto_de_decreto_legislativo_no._912.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/472/projeto_de_decreto_legislativo_no._913.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/473/projeto_de_decreto_legislativo_no._914.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/533/projeto_de_decreto_legislativo_no._915.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/534/projeto_de_decreto_legislativo_no._916.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/535/projeto_de_decreto_legislativo_no._917.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/536/projeto_de_decreto_legislativo_no._918.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/537/projeto_de_decreto_legislativo_no._921.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/538/projeto_de_decreto_legislativo_no._922.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/539/projeto_de_decreto_legislativo_no._923.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/540/projeto_de_decreto_legislativo_no._924.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/541/projeto_de_decreto_legislativo_no._925.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/542/projeto_de_decreto_legislativo_no._926.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/543/projeto_de_decreto_legislativo_no._927.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/544/projeto_de_decreto_legislativo_no._928.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/545/projeto_de_decreto_legislativo_no._929.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/546/projeto_de_decreto_legislativo_no._930.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/547/projeto_de_decreto_legislativo_no._931.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/548/projeto_de_decreto_legislativo_no._932.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/549/projeto_de_decreto_legislativo_no._933.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/550/projeto_de_decreto_legislativo_no._934.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/551/projeto_de_decreto_legislativo_no._935.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/552/projeto_de_decreto_legislativo_no._936.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/553/projeto_de_decreto_legislativo_no._937.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/554/projeto_de_decreto_legislativo_no._938.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/338/projeto_de_lei_no._944.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/339/projeto_de_lei_no._946.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/340/projeto_de_lei_no._947.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/341/projeto_de_lei_no._948.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/342/projeto_de_lei_no._949.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/343/projeto_de_lei_no._950.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/463/projeto_de_lei_no._952.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/344/projeto_de_lei_no._953.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/464/projeto_de_lei_no._954.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/465/projeto_de_lei_no._956.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/466/projeto_de_lei_no._957.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/467/projeto_de_lei_no._958.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/468/projeto_de_lei_no._959.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/469/projeto_de_lei_no._960.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/225/indicacao_no._001-2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_no._002-2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/227/indicacao_no._003-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/228/indicacao_no._004-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/229/indicacao_no._005-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/230/indicacao_no._006-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/231/indicacao_no._007-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/232/indicacao_no._008-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/233/indicacao_no._009-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/234/indicacao_no._010-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/235/indicacao_no._011-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/236/indicacao_no._012-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/237/indicacao_no._013-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/238/indicacao_no._014-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/239/indicacao_no._015-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/240/indicacao_no._016-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/241/indicacao_no._017-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/242/indicacao_no._018-2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/243/indicacao_no._019-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/244/indicacao_no._020-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/245/indicacao_no._021-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/280/indicacao_no._022-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/281/indicacao_no._023-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/282/indicacao_no._024-2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/283/indicacao_no._025-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/284/indicacao_no._026-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/285/indicacao_no._027-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/286/indicacao_no._028-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/287/indicacao_no._029-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/288/indicacao_no._030-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/289/indicacao_no._031-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/290/indicacao_no._032-2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/291/indicacao_no._033-2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/292/indicacao_no._034-2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/293/indicacao_no._035-2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/294/indicacao_no._036-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/295/indicacao_no._037-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/296/indicacao_no._038-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/297/indicacao_no._039-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/298/indicacao_no._040-2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/299/indicacao_no._041-2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/300/indicacao_no._042-2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/301/indicacao_no._043-2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/302/indicacao_no._044-2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/303/indicacao_no._045-2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/304/indicacao_no._046-2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/305/indicacao_no._047-2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/306/indicacao_no._048-2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/307/indicacao_no._049-2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/308/indicacao_no._050-2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/309/indicacao_no._051-2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/310/indicacao_no._052-2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/311/indicacao_no._053-2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/312/indicacao_no._054-2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/313/indicacao_no._055-2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/314/indicacao_no._057-2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/315/indicacao_no._058-2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/316/indicacao_no._059-2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/317/indicacao_no._060-2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/318/indicacao_no._061-2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/319/indicacao_no._062-2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/320/indicacao_no._063-2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/321/indicacao_no._064-2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/322/indicacao_no._065-2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/323/indicacao_no._066-2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/324/indicacao_no._067-2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/325/indicacao_no._068-2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/326/indicacao_no._069-2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/327/indicacao_no._070-2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/328/indicacao_no._071-2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/329/indicacao_no._072-2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/330/indicacao_no._073-2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/331/indicacao_no._074-2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/332/indicacao_no._075-2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/333/indicacao_no._076-2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/334/indicacao_no._077-2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/335/indicacao_no._078-2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/336/indicacao_no._079-2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/337/indicacao_no._080-2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/345/indicacao_no._081-2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/346/indicacao_no._082-2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/347/indicacao_no._083-2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/348/indicacao_no._084-2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/349/indicacao_no._085-2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/350/indicacao_no._086-2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/351/indicacao_no._087-2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/352/indicacao_no._088-2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/353/indicacao_no._089-2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/354/indicacao_no._090-2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/355/indicacao_no._091-2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/356/indicacao_no._092-2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/357/indicacao_no._093-2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/358/indicacao_no._094-2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/359/indicacao_no._095-2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/360/indicacao_no._096-2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/361/indicacao_no._097-2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/362/indicacao_no._098-2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/363/indicacao_no._099-2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/364/indicacao_no._100-2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/365/indicacao_no._101-2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/366/indicacao_no._102-2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/367/indicacao_no._103-2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/368/indicacao_no._104-2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/369/indicacao_no._105-2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/370/indicacao_no._106-2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/371/indicacao_no._107-2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/372/indicacao_no._108-2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/373/indicacao_no._109-2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/374/indicacao_no._110-2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/375/indicacao_no._111-2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/376/indicacao_no._112-2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/377/indicacao_no._113-2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/378/indicacao_no._114-2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/379/indicacao_no._115-2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/380/indicacao_no._116-2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/381/indicacao_no._117-2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/382/indicacao_no._118-2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/383/indicacao_no._119-2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/384/indicacao_no._120-2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/385/indicacao_no._121-2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/386/indicacao_no._122-2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/387/indicacao_no._123-2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/388/indicacao_no._124-2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/389/indicacao_no._125-2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/390/indicacao_no._126-2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/391/indicacao_no._127-2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/392/indicacao_no._128-2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/393/indicacao_no._129-2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/394/indicacao_no._130-2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/395/indicacao_no._131-2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/396/indicacao_no._132-2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/397/indicacao_no._133-2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/398/indicacao_no._134-2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/399/indicacao_no._135-2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/400/indicacao_no._136-2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/401/indicacao_no._137-2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/402/indicacao_no._138-2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/403/indicacao_no._139-2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/404/indicacao_no._140-2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/405/indicacao_no._141-2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/406/indicacao_no._142-2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/407/indicacao_no._143-2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/408/indicacao_no._144-2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/409/indicacao_no._145-2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/410/indicacao_no._146-2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/411/indicacao_no._147-2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/412/indicacao_no._148-2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/413/indicacao_no._149-2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/414/indicacao_no._150-2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/415/indicacao_no._151-2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/416/indicacao_no._152-2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/417/indicacao_no._153-2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/418/indicacao_no._154-2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/419/indicacao_no._155-2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/420/indicacao_no._156-2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/421/indicacao_no._157-2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/422/indicacao_no._158-2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/423/indicacao_no._159-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/424/indicacao_no._160-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/425/indicacao_no._161-2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/426/indicacao_no._162-2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/427/indicacao_no._163-2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/428/indicacao_no._164-2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/429/indicacao_no._165-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/430/indicacao_no._166-2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/431/indicacao_no._167-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/432/indicacao_no._168-2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/433/indicacao_no._169-2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/434/indicacao_no._170-2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/435/indicacao_no._171-2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/436/indicacao_no._172-2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/437/indicacao_no._173-2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/438/indicacao_no._174-2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/439/indicacao_no._175-2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/440/indicacao_no._176-2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/441/indicacao_no._177-2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/442/indicacao_no._178-2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/443/indicacao_no._179-2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/444/indicacao_no._180-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/445/indicacao_no._181-2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/446/indicacao_no._182-2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/447/indicacao_no._183-2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/448/indicacao_no._184-2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/449/indicacao_no._185-2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/450/indicacao_no._186-2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/451/indicacao_no._187-2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/452/indicacao_no._188-2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/453/indicacao_no._189-2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/454/indicacao_no._190-2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/455/indicacao_no._191-2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/456/indicacao_no._192-2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/457/indicacao_no._193-2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/458/indicacao_no._194-2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/459/indicacao_no._195-2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/460/indicacao_no._196-2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/461/indicacao_no._197-2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/462/indicacao_no._198-2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/474/indicacao_no._199-2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/475/indicacao_no._200-2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/476/indicacao_no._201-2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/477/indicacao_no._202-2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/478/indicacao_no._203-2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/479/indicacao_no._204-2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/480/indicacao_no._205-2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/481/indicacao_no._206-2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/482/indicacao_no._207-2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/483/indicacao_no._208-2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/484/indicacao_no._209-2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/485/indicacao_no._210-2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/486/indicacao_no._211-2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/487/indicacao_no._212-2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/488/indicacao_no._213-2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/489/indicacao_no._214-2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/490/indicacao_no._215-2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/491/indicacao_no._216-2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/492/indicacao_no._217-2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/493/indicacao_no._218-2021.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/494/indicacao_no._219-2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/495/indicacao_no._220-2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/496/indicacao_no._221-2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/497/indicacao_no._222-2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/498/indicacao_no._223-2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/499/indicacao_no._224-2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/500/indicacao_no._225-2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/501/indicacao_no._226-2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/502/indicacao_no._227-2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/503/indicacao_no._228-2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/504/indicacao_no._229-2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/505/indicacao_no._230-2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/506/indicacao_no._231-2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/507/indicacao_no._232-2021.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/508/indicacao_no._233-2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/509/indicacao_no._234-2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/510/indicacao_no._235-2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/511/indicacao_no._236-2021.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/512/indicacao_no._237-2021.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/513/indicacao_no._238-2021.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/514/indicacao_no._239-2021.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/515/indicacao_no._240-2021.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/516/indicacao_no._241-2021.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/517/indicacao_no._242-2021.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/518/indicacao_no._243-2021.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/519/indicacao_no._244-2021.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/520/indicacao_no._245-2021.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2022/521/indicacao_no._246-2021.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/522/indicacao_no._247-2021.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/523/indicacao_no._248-2021.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/524/indicacao_no._249-2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/525/indicacao_no._250-2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/526/indicacao_no._251-2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/527/indicacao_no._252-2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/528/indicacao_no._253-2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/529/indicacao_no._254-2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/530/indicacao_no._255-2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/531/indicacao_no._256-2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/532/indicacao_no._257-2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/555/indicacao_no._258-2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/556/indicacao_no._259-2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/557/indicacao_no._260-2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/558/indicacao_no._261-2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/559/indicacao_no._262-2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/560/indicacao_no._263-2021.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/561/indicacao_no._264-2021.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/562/indicacao_no._265-2021.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/563/indicacao_no._266-2021.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/564/indicacao_no._267-2021.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/565/indicacao_no._268-2021.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/566/indicacao_no._269-2021.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/567/indicacao_no._270-2021.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/568/indicacao_no._271-2021.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/569/indicacao_no._272-2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/570/indicacao_no._273-2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/571/indicacao_no._274-2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/572/indicacao_no._275-2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/573/indicacao_no._276-2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/574/indicacao_no._277-2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/575/indicacao_no._278-2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/576/indicacao_no._279-2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/577/indicacao_no._280-2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/578/indicacao_no._281-2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/579/indicacao_no._282-2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/580/indicacao_no._283-2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/581/indicacao_no._284-2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/582/indicacao_no._286-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/583/indicacao_no._287-2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/584/indicacao_no._288-2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/585/indicacao_no._289-2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/586/indicacao_no._290-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/587/indicacao_no._291-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/588/indicacao_no._292-2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/589/indicacao_no._293-2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/590/indicacao_no._294-2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/591/indicacao_no._295-2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/592/indicacao_no._296-2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/593/indicacao_no._297-2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/594/indicacao_no._298-2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/595/indicacao_no._299-2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/596/indicacao_no._300-2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/597/indicacao_no._301-2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/598/indicacao_no._302-2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/599/indicacao_no._303-2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/600/indicacao_no._304-2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/601/indicacao_no._305-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/602/indicacao_no._306-2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/603/indicacao_no._307-2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/604/indicacao_no._308-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/605/indicacao_no._310-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/1165/projeto_de_decreto_legislativo_no_908-criacao_da_escola_do_legislativo_pertencente_a_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/470/projeto_de_decreto_legislativo_no._909.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/1166/projeto_de_decreto_legislativo_no_910-denominacao_de_rua_alameda_cecilia_gumes.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/471/projeto_de_decreto_legislativo_no._912.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/472/projeto_de_decreto_legislativo_no._913.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/473/projeto_de_decreto_legislativo_no._914.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/533/projeto_de_decreto_legislativo_no._915.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/534/projeto_de_decreto_legislativo_no._916.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/535/projeto_de_decreto_legislativo_no._917.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/536/projeto_de_decreto_legislativo_no._918.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/537/projeto_de_decreto_legislativo_no._921.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/538/projeto_de_decreto_legislativo_no._922.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/539/projeto_de_decreto_legislativo_no._923.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/540/projeto_de_decreto_legislativo_no._924.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/541/projeto_de_decreto_legislativo_no._925.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/542/projeto_de_decreto_legislativo_no._926.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/543/projeto_de_decreto_legislativo_no._927.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/544/projeto_de_decreto_legislativo_no._928.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/545/projeto_de_decreto_legislativo_no._929.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/546/projeto_de_decreto_legislativo_no._930.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/547/projeto_de_decreto_legislativo_no._931.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/548/projeto_de_decreto_legislativo_no._932.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/549/projeto_de_decreto_legislativo_no._933.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/550/projeto_de_decreto_legislativo_no._934.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/551/projeto_de_decreto_legislativo_no._935.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/552/projeto_de_decreto_legislativo_no._936.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/553/projeto_de_decreto_legislativo_no._937.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/554/projeto_de_decreto_legislativo_no._938.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/338/projeto_de_lei_no._944.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/339/projeto_de_lei_no._946.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/340/projeto_de_lei_no._947.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/341/projeto_de_lei_no._948.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/342/projeto_de_lei_no._949.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/343/projeto_de_lei_no._950.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/463/projeto_de_lei_no._952.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/344/projeto_de_lei_no._953.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/464/projeto_de_lei_no._954.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/465/projeto_de_lei_no._956.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/466/projeto_de_lei_no._957.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/467/projeto_de_lei_no._958.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/468/projeto_de_lei_no._959.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.caetite.ba.leg.br/media/sapl/public/materialegislativa/2021/469/projeto_de_lei_no._960.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H348"/>
+  <dimension ref="A1:H350"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="27.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="109.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="170.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -12540,545 +12563,545 @@
       </c>
       <c r="G308" s="1" t="s">
         <v>1202</v>
       </c>
       <c r="H308" t="s">
         <v>1203</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
         <v>1204</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
         <v>1205</v>
       </c>
       <c r="D309" t="s">
         <v>1206</v>
       </c>
       <c r="E309" t="s">
         <v>1207</v>
       </c>
       <c r="F309" t="s">
-        <v>199</v>
+        <v>93</v>
       </c>
       <c r="G309" s="1" t="s">
         <v>1208</v>
       </c>
       <c r="H309" t="s">
         <v>1209</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>1210</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
         <v>1211</v>
       </c>
       <c r="D310" t="s">
         <v>1206</v>
       </c>
       <c r="E310" t="s">
         <v>1207</v>
       </c>
       <c r="F310" t="s">
-        <v>54</v>
+        <v>199</v>
       </c>
       <c r="G310" s="1" t="s">
         <v>1212</v>
       </c>
       <c r="H310" t="s">
         <v>1213</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>1214</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
         <v>1215</v>
       </c>
       <c r="D311" t="s">
         <v>1206</v>
       </c>
       <c r="E311" t="s">
         <v>1207</v>
       </c>
       <c r="F311" t="s">
-        <v>406</v>
+        <v>63</v>
       </c>
       <c r="G311" s="1" t="s">
         <v>1216</v>
       </c>
       <c r="H311" t="s">
         <v>1217</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>1218</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
         <v>1219</v>
       </c>
       <c r="D312" t="s">
         <v>1206</v>
       </c>
       <c r="E312" t="s">
         <v>1207</v>
       </c>
       <c r="F312" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="G312" s="1" t="s">
         <v>1220</v>
       </c>
       <c r="H312" t="s">
         <v>1221</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>1222</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
         <v>1223</v>
       </c>
       <c r="D313" t="s">
         <v>1206</v>
       </c>
       <c r="E313" t="s">
         <v>1207</v>
       </c>
       <c r="F313" t="s">
-        <v>45</v>
+        <v>406</v>
       </c>
       <c r="G313" s="1" t="s">
         <v>1224</v>
       </c>
       <c r="H313" t="s">
         <v>1225</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>1226</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
         <v>1227</v>
       </c>
       <c r="D314" t="s">
         <v>1206</v>
       </c>
       <c r="E314" t="s">
         <v>1207</v>
       </c>
       <c r="F314" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G314" s="1" t="s">
         <v>1228</v>
       </c>
       <c r="H314" t="s">
         <v>1229</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>1230</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
         <v>1231</v>
       </c>
       <c r="D315" t="s">
         <v>1206</v>
       </c>
       <c r="E315" t="s">
         <v>1207</v>
       </c>
       <c r="F315" t="s">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="G315" s="1" t="s">
         <v>1232</v>
       </c>
       <c r="H315" t="s">
         <v>1233</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>1234</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
         <v>1235</v>
       </c>
       <c r="D316" t="s">
         <v>1206</v>
       </c>
       <c r="E316" t="s">
         <v>1207</v>
       </c>
       <c r="F316" t="s">
-        <v>93</v>
+        <v>22</v>
       </c>
       <c r="G316" s="1" t="s">
         <v>1236</v>
       </c>
       <c r="H316" t="s">
         <v>1237</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>1238</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
         <v>1239</v>
       </c>
       <c r="D317" t="s">
         <v>1206</v>
       </c>
       <c r="E317" t="s">
         <v>1207</v>
       </c>
       <c r="F317" t="s">
-        <v>36</v>
+        <v>63</v>
       </c>
       <c r="G317" s="1" t="s">
         <v>1240</v>
       </c>
       <c r="H317" t="s">
         <v>1241</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>1242</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
         <v>1243</v>
       </c>
       <c r="D318" t="s">
         <v>1206</v>
       </c>
       <c r="E318" t="s">
         <v>1207</v>
       </c>
       <c r="F318" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="G318" s="1" t="s">
         <v>1244</v>
       </c>
       <c r="H318" t="s">
         <v>1245</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>1246</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
         <v>1247</v>
       </c>
       <c r="D319" t="s">
         <v>1206</v>
       </c>
       <c r="E319" t="s">
         <v>1207</v>
       </c>
       <c r="F319" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="G319" s="1" t="s">
         <v>1248</v>
       </c>
       <c r="H319" t="s">
         <v>1249</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>1250</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
         <v>1251</v>
       </c>
       <c r="D320" t="s">
         <v>1206</v>
       </c>
       <c r="E320" t="s">
         <v>1207</v>
       </c>
       <c r="F320" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="G320" s="1" t="s">
         <v>1252</v>
       </c>
       <c r="H320" t="s">
         <v>1253</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>1254</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
         <v>1255</v>
       </c>
       <c r="D321" t="s">
         <v>1206</v>
       </c>
       <c r="E321" t="s">
         <v>1207</v>
       </c>
       <c r="F321" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="G321" s="1" t="s">
         <v>1256</v>
       </c>
       <c r="H321" t="s">
         <v>1257</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>1258</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
         <v>1259</v>
       </c>
       <c r="D322" t="s">
         <v>1206</v>
       </c>
       <c r="E322" t="s">
         <v>1207</v>
       </c>
       <c r="F322" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="G322" s="1" t="s">
         <v>1260</v>
       </c>
       <c r="H322" t="s">
         <v>1261</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>1262</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
         <v>1263</v>
       </c>
       <c r="D323" t="s">
         <v>1206</v>
       </c>
       <c r="E323" t="s">
         <v>1207</v>
       </c>
       <c r="F323" t="s">
-        <v>199</v>
+        <v>36</v>
       </c>
       <c r="G323" s="1" t="s">
         <v>1264</v>
       </c>
       <c r="H323" t="s">
         <v>1265</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
         <v>1266</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
         <v>1267</v>
       </c>
       <c r="D324" t="s">
         <v>1206</v>
       </c>
       <c r="E324" t="s">
         <v>1207</v>
       </c>
       <c r="F324" t="s">
-        <v>199</v>
+        <v>45</v>
       </c>
       <c r="G324" s="1" t="s">
         <v>1268</v>
       </c>
       <c r="H324" t="s">
         <v>1269</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>1270</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
         <v>1271</v>
       </c>
       <c r="D325" t="s">
         <v>1206</v>
       </c>
       <c r="E325" t="s">
         <v>1207</v>
       </c>
       <c r="F325" t="s">
-        <v>406</v>
+        <v>199</v>
       </c>
       <c r="G325" s="1" t="s">
         <v>1272</v>
       </c>
       <c r="H325" t="s">
         <v>1273</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>1274</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
         <v>1275</v>
       </c>
       <c r="D326" t="s">
         <v>1206</v>
       </c>
       <c r="E326" t="s">
         <v>1207</v>
       </c>
       <c r="F326" t="s">
-        <v>93</v>
+        <v>199</v>
       </c>
       <c r="G326" s="1" t="s">
         <v>1276</v>
       </c>
       <c r="H326" t="s">
         <v>1277</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>1278</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
         <v>1279</v>
       </c>
       <c r="D327" t="s">
         <v>1206</v>
       </c>
       <c r="E327" t="s">
         <v>1207</v>
       </c>
       <c r="F327" t="s">
-        <v>27</v>
+        <v>406</v>
       </c>
       <c r="G327" s="1" t="s">
         <v>1280</v>
       </c>
       <c r="H327" t="s">
         <v>1281</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>1282</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
         <v>1283</v>
       </c>
       <c r="D328" t="s">
         <v>1206</v>
       </c>
       <c r="E328" t="s">
         <v>1207</v>
       </c>
       <c r="F328" t="s">
-        <v>68</v>
+        <v>93</v>
       </c>
       <c r="G328" s="1" t="s">
         <v>1284</v>
       </c>
       <c r="H328" t="s">
         <v>1285</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
         <v>1286</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
         <v>1287</v>
       </c>
       <c r="D329" t="s">
         <v>1206</v>
       </c>
       <c r="E329" t="s">
         <v>1207</v>
       </c>
       <c r="F329" t="s">
@@ -13086,525 +13109,577 @@
       </c>
       <c r="G329" s="1" t="s">
         <v>1288</v>
       </c>
       <c r="H329" t="s">
         <v>1289</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
         <v>1290</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
         <v>1291</v>
       </c>
       <c r="D330" t="s">
         <v>1206</v>
       </c>
       <c r="E330" t="s">
         <v>1207</v>
       </c>
       <c r="F330" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="G330" s="1" t="s">
         <v>1292</v>
       </c>
       <c r="H330" t="s">
         <v>1293</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>1294</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
         <v>1295</v>
       </c>
       <c r="D331" t="s">
         <v>1206</v>
       </c>
       <c r="E331" t="s">
         <v>1207</v>
       </c>
       <c r="F331" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="G331" s="1" t="s">
         <v>1296</v>
       </c>
       <c r="H331" t="s">
         <v>1297</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>1298</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
         <v>1299</v>
       </c>
       <c r="D332" t="s">
         <v>1206</v>
       </c>
       <c r="E332" t="s">
         <v>1207</v>
       </c>
       <c r="F332" t="s">
-        <v>93</v>
+        <v>54</v>
       </c>
       <c r="G332" s="1" t="s">
         <v>1300</v>
       </c>
       <c r="H332" t="s">
         <v>1301</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>1302</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
         <v>1303</v>
       </c>
       <c r="D333" t="s">
         <v>1206</v>
       </c>
       <c r="E333" t="s">
         <v>1207</v>
       </c>
       <c r="F333" t="s">
-        <v>199</v>
+        <v>93</v>
       </c>
       <c r="G333" s="1" t="s">
         <v>1304</v>
       </c>
       <c r="H333" t="s">
         <v>1305</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
         <v>1306</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
         <v>1307</v>
       </c>
       <c r="D334" t="s">
         <v>1206</v>
       </c>
       <c r="E334" t="s">
         <v>1207</v>
       </c>
       <c r="F334" t="s">
-        <v>406</v>
+        <v>93</v>
       </c>
       <c r="G334" s="1" t="s">
         <v>1308</v>
       </c>
       <c r="H334" t="s">
         <v>1309</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
         <v>1310</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
         <v>1311</v>
       </c>
       <c r="D335" t="s">
+        <v>1206</v>
+      </c>
+      <c r="E335" t="s">
+        <v>1207</v>
+      </c>
+      <c r="F335" t="s">
+        <v>199</v>
+      </c>
+      <c r="G335" s="1" t="s">
         <v>1312</v>
       </c>
-      <c r="E335" t="s">
+      <c r="H335" t="s">
         <v>1313</v>
-      </c>
-[...7 lines deleted...]
-        <v>1316</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B336" t="s">
+        <v>9</v>
+      </c>
+      <c r="C336" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D336" t="s">
+        <v>1206</v>
+      </c>
+      <c r="E336" t="s">
+        <v>1207</v>
+      </c>
+      <c r="F336" t="s">
+        <v>406</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>1316</v>
+      </c>
+      <c r="H336" t="s">
         <v>1317</v>
-      </c>
-[...19 lines deleted...]
-        <v>1320</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B337" t="s">
+        <v>9</v>
+      </c>
+      <c r="C337" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D337" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E337" t="s">
         <v>1321</v>
       </c>
-      <c r="B337" t="s">
-[...2 lines deleted...]
-      <c r="C337" t="s">
+      <c r="F337" t="s">
         <v>1322</v>
-      </c>
-[...7 lines deleted...]
-        <v>1314</v>
       </c>
       <c r="G337" s="1" t="s">
         <v>1323</v>
       </c>
       <c r="H337" t="s">
         <v>1324</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
         <v>1325</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
         <v>1326</v>
       </c>
       <c r="D338" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="E338" t="s">
-        <v>1313</v>
+        <v>1321</v>
       </c>
       <c r="F338" t="s">
-        <v>1314</v>
+        <v>1322</v>
       </c>
       <c r="G338" s="1" t="s">
         <v>1327</v>
       </c>
       <c r="H338" t="s">
         <v>1328</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
         <v>1329</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
         <v>1330</v>
       </c>
       <c r="D339" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="E339" t="s">
-        <v>1313</v>
+        <v>1321</v>
       </c>
       <c r="F339" t="s">
-        <v>1314</v>
+        <v>1322</v>
       </c>
       <c r="G339" s="1" t="s">
         <v>1331</v>
       </c>
       <c r="H339" t="s">
         <v>1332</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>1333</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
         <v>1334</v>
       </c>
       <c r="D340" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="E340" t="s">
-        <v>1313</v>
+        <v>1321</v>
       </c>
       <c r="F340" t="s">
-        <v>1314</v>
+        <v>1322</v>
       </c>
       <c r="G340" s="1" t="s">
         <v>1335</v>
       </c>
       <c r="H340" t="s">
         <v>1336</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>1337</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
         <v>1338</v>
       </c>
       <c r="D341" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="E341" t="s">
-        <v>1313</v>
+        <v>1321</v>
       </c>
       <c r="F341" t="s">
-        <v>22</v>
+        <v>1322</v>
       </c>
       <c r="G341" s="1" t="s">
         <v>1339</v>
       </c>
       <c r="H341" t="s">
         <v>1340</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>1341</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
         <v>1342</v>
       </c>
       <c r="D342" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="E342" t="s">
-        <v>1313</v>
+        <v>1321</v>
       </c>
       <c r="F342" t="s">
-        <v>1314</v>
+        <v>1322</v>
       </c>
       <c r="G342" s="1" t="s">
         <v>1343</v>
       </c>
       <c r="H342" t="s">
         <v>1344</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>1345</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
         <v>1346</v>
       </c>
       <c r="D343" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="E343" t="s">
-        <v>1313</v>
+        <v>1321</v>
       </c>
       <c r="F343" t="s">
-        <v>1314</v>
+        <v>22</v>
       </c>
       <c r="G343" s="1" t="s">
         <v>1347</v>
       </c>
       <c r="H343" t="s">
         <v>1348</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
         <v>1349</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
         <v>1350</v>
       </c>
       <c r="D344" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="E344" t="s">
-        <v>1313</v>
+        <v>1321</v>
       </c>
       <c r="F344" t="s">
-        <v>1314</v>
+        <v>1322</v>
       </c>
       <c r="G344" s="1" t="s">
         <v>1351</v>
       </c>
       <c r="H344" t="s">
         <v>1352</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
         <v>1353</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
         <v>1354</v>
       </c>
       <c r="D345" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="E345" t="s">
-        <v>1313</v>
+        <v>1321</v>
       </c>
       <c r="F345" t="s">
-        <v>1314</v>
+        <v>1322</v>
       </c>
       <c r="G345" s="1" t="s">
         <v>1355</v>
       </c>
       <c r="H345" t="s">
         <v>1356</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>1357</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
         <v>1358</v>
       </c>
       <c r="D346" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="E346" t="s">
-        <v>1313</v>
+        <v>1321</v>
       </c>
       <c r="F346" t="s">
-        <v>93</v>
+        <v>1322</v>
       </c>
       <c r="G346" s="1" t="s">
         <v>1359</v>
       </c>
       <c r="H346" t="s">
         <v>1360</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>1361</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
         <v>1362</v>
       </c>
       <c r="D347" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="E347" t="s">
-        <v>1313</v>
+        <v>1321</v>
       </c>
       <c r="F347" t="s">
-        <v>1314</v>
+        <v>1322</v>
       </c>
       <c r="G347" s="1" t="s">
         <v>1363</v>
       </c>
       <c r="H347" t="s">
         <v>1364</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>1365</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
         <v>1366</v>
       </c>
       <c r="D348" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
       <c r="E348" t="s">
-        <v>1313</v>
+        <v>1321</v>
       </c>
       <c r="F348" t="s">
-        <v>406</v>
+        <v>93</v>
       </c>
       <c r="G348" s="1" t="s">
         <v>1367</v>
       </c>
       <c r="H348" t="s">
         <v>1368</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B349" t="s">
+        <v>9</v>
+      </c>
+      <c r="C349" t="s">
+        <v>1370</v>
+      </c>
+      <c r="D349" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E349" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F349" t="s">
+        <v>1322</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>1371</v>
+      </c>
+      <c r="H349" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B350" t="s">
+        <v>9</v>
+      </c>
+      <c r="C350" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D350" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E350" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F350" t="s">
+        <v>406</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>1375</v>
+      </c>
+      <c r="H350" t="s">
+        <v>1376</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -13912,50 +13987,52 @@
     <hyperlink ref="G324" r:id="rId323"/>
     <hyperlink ref="G325" r:id="rId324"/>
     <hyperlink ref="G326" r:id="rId325"/>
     <hyperlink ref="G327" r:id="rId326"/>
     <hyperlink ref="G328" r:id="rId327"/>
     <hyperlink ref="G329" r:id="rId328"/>
     <hyperlink ref="G330" r:id="rId329"/>
     <hyperlink ref="G331" r:id="rId330"/>
     <hyperlink ref="G332" r:id="rId331"/>
     <hyperlink ref="G333" r:id="rId332"/>
     <hyperlink ref="G334" r:id="rId333"/>
     <hyperlink ref="G335" r:id="rId334"/>
     <hyperlink ref="G336" r:id="rId335"/>
     <hyperlink ref="G337" r:id="rId336"/>
     <hyperlink ref="G338" r:id="rId337"/>
     <hyperlink ref="G339" r:id="rId338"/>
     <hyperlink ref="G340" r:id="rId339"/>
     <hyperlink ref="G341" r:id="rId340"/>
     <hyperlink ref="G342" r:id="rId341"/>
     <hyperlink ref="G343" r:id="rId342"/>
     <hyperlink ref="G344" r:id="rId343"/>
     <hyperlink ref="G345" r:id="rId344"/>
     <hyperlink ref="G346" r:id="rId345"/>
     <hyperlink ref="G347" r:id="rId346"/>
     <hyperlink ref="G348" r:id="rId347"/>
+    <hyperlink ref="G349" r:id="rId348"/>
+    <hyperlink ref="G350" r:id="rId349"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>